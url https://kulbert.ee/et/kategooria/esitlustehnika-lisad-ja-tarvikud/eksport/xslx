--- v0 (2025-10-17)
+++ v1 (2025-12-02)
@@ -723,65 +723,65 @@
       <c r="D6" s="2"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="1">
         <v>211.2</v>
       </c>
       <c r="D7" s="2"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="1">
         <v>190</v>
       </c>
       <c r="D8" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1">
         <v>125</v>
       </c>
       <c r="D9" s="2">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="1">
         <v>22.08</v>
       </c>
       <c r="D10" s="2"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="1">
         <v>10.83</v>
       </c>
       <c r="D11" s="2"/>