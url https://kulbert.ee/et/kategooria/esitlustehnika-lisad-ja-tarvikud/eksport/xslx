--- v1 (2025-12-02)
+++ v2 (2026-01-19)
@@ -723,65 +723,65 @@
       <c r="D6" s="2"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="1">
         <v>211.2</v>
       </c>
       <c r="D7" s="2"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="1">
         <v>190</v>
       </c>
       <c r="D8" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1">
         <v>125</v>
       </c>
       <c r="D9" s="2">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="1">
         <v>22.08</v>
       </c>
       <c r="D10" s="2"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="1">
         <v>10.83</v>
       </c>
       <c r="D11" s="2"/>
@@ -961,65 +961,65 @@
     <row r="26" spans="1:26">
       <c r="A26" t="s">
         <v>52</v>
       </c>
       <c r="B26" t="s">
         <v>53</v>
       </c>
       <c r="C26" s="1">
         <v>6.9</v>
       </c>
       <c r="D26" s="2">
         <v>7</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" t="s">
         <v>54</v>
       </c>
       <c r="B27" t="s">
         <v>55</v>
       </c>
       <c r="C27" s="1">
         <v>2.24</v>
       </c>
       <c r="D27" s="2">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" t="s">
         <v>56</v>
       </c>
       <c r="B28" t="s">
         <v>57</v>
       </c>
       <c r="C28" s="1">
         <v>2.2</v>
       </c>
       <c r="D28" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" t="s">
         <v>58</v>
       </c>
       <c r="B29" t="s">
         <v>59</v>
       </c>
       <c r="C29" s="1">
         <v>129.25</v>
       </c>
       <c r="D29" s="2"/>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" t="s">
         <v>60</v>
       </c>
       <c r="B30" t="s">
         <v>61</v>
       </c>
       <c r="C30" s="1">
         <v>98.72</v>
       </c>
       <c r="D30" s="2"/>