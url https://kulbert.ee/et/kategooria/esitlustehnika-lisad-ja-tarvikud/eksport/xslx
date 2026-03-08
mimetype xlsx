--- v2 (2026-01-19)
+++ v3 (2026-03-08)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>60-100-ETSO</t>
   </si>
   <si>
     <t>SEINAKINNITUS B-Tech XL Heavy Duty Universal Flat Screen Wall Mount, 200kg, black</t>
   </si>
   <si>
     <t>1800ST01</t>
   </si>
   <si>
-    <t>Mobiilne alus ratastel CNXD XD-WM007-3 / ICA-TR30  65" kuni 100" LCD paneelile</t>
+    <t>Mobiilne alus ratastel CNXD XD-WM007-3 / ICA-TR30 / TVS-100F-01  65" kuni 100" LCD paneelile</t>
   </si>
   <si>
     <t>V12HA05A09</t>
   </si>
   <si>
     <t>Näpuanduri, näpusensori Epson ELPFT01 seinakinnitus ELPMB63</t>
   </si>
   <si>
     <t>V12HA42040</t>
   </si>
   <si>
     <t>Juhtmevaba Presentation System (V12HA42040) Epson ELPWP20 - komplekt</t>
   </si>
   <si>
     <t>V12HA43040</t>
   </si>
   <si>
     <t>Juhtmevaba Epson ELPWT01 - Wireless  Transmitter</t>
   </si>
   <si>
     <t>V12HA41040</t>
   </si>
   <si>
     <t>Juhtmevaba Presentation System (V12HA41040) Epson ELPWP10 -saatja</t>
   </si>
@@ -658,54 +658,54 @@
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1">
         <v>160</v>
       </c>
       <c r="D2" s="2"/>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
       <c r="D3" s="2">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="2"/>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1">
         <v>656.7</v>
       </c>
       <c r="D5" s="2">
         <v>1</v>
       </c>