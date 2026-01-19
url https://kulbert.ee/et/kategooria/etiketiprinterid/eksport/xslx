--- v0 (2025-12-02)
+++ v1 (2026-01-19)
@@ -579,51 +579,51 @@
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1">
         <v>624.75</v>
       </c>
       <c r="D5" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="1">
-        <v>778.7</v>
+        <v>950</v>
       </c>
       <c r="D6" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="1">
         <v>303.48</v>
       </c>
       <c r="D7" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>