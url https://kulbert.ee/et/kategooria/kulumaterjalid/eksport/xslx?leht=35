--- v0 (2025-12-02)
+++ v1 (2026-01-20)
@@ -1631,51 +1631,51 @@
   <si>
     <t>Tooner Kyocera TK-18 - FS-1020D/1118 (7200 lehte)</t>
   </si>
   <si>
     <t>TK30H</t>
   </si>
   <si>
     <t>Tooner Kyocera TK-30H - FS-7000/9000</t>
   </si>
   <si>
     <t>TK3100</t>
   </si>
   <si>
     <t>Tooner Kyocera TK-3100 (12 500 lehte) - FS-2100D/DN / M3040dn</t>
   </si>
   <si>
     <t>TK3110</t>
   </si>
   <si>
     <t>Tooner Kyocera TK-3110 (15 500 lehte) - FS-4100DN</t>
   </si>
   <si>
     <t>TK3130</t>
   </si>
   <si>
-    <t>Tooner Kyocera TK-3130 (25 000 lehte) - FS-4200DN/ FS-4300DN</t>
+    <t>Tooner Kyocera TK-3130 (25 000 lehte) - FS-4200DN/ FS-4300DN/M3550idn</t>
   </si>
   <si>
     <t>TK3150</t>
   </si>
   <si>
     <t>Tooner Kyocera TK-3150 (14 500 lehte) - ECOSYS M3040idn, ECOSYS M3540idn</t>
   </si>
   <si>
     <t>TK3160</t>
   </si>
   <si>
     <t>Tooner Kyocera TK-3160 (12 500 lehte) - ECOSYS P3045n/P3050dn/P3055dn/P3060dn/P3145dn</t>
   </si>
   <si>
     <t>TK3170</t>
   </si>
   <si>
     <t>Tooner Kyocera TK-3170 (15 500 lehte) - ECOSYS P3050dn_ECOSYS P3055dn_ECOSYS P3060dn</t>
   </si>
   <si>
     <t>TK3190</t>
   </si>
   <si>
     <t>Tooner Kyocera TK-3190 (25 000 lehte) - ECOSYS P3055dn, P3060dn, P3155dn, M3655idn</t>
   </si>
@@ -1889,51 +1889,51 @@
   <si>
     <t>TINT CANON PG-540XL must (5222B001) blister 21ml</t>
   </si>
   <si>
     <t>PC74RF</t>
   </si>
   <si>
     <t>TERMOSIIRDE LINT FAXT104 (4 rulli karbis)</t>
   </si>
   <si>
     <t>N9K05AE</t>
   </si>
   <si>
     <t>Tint HP NO 304 color (N9K05AE)</t>
   </si>
   <si>
     <t>N9K06AE</t>
   </si>
   <si>
     <t>Tint HP NO 304 Must (N9K06AE)</t>
   </si>
   <si>
     <t>MLT-D111S</t>
   </si>
   <si>
-    <t>TOONER SAMSUNG SL-M2022/M2022W/M2026W/ M2070/M2070W (1 000 lehte)</t>
+    <t>TOONER SAMSUNG  MLT-D111L</t>
   </si>
   <si>
     <t>MS2</t>
   </si>
   <si>
     <t>KLAMBRID DF-71 (5000 x 3)</t>
   </si>
   <si>
     <t>MS3</t>
   </si>
   <si>
     <t>KLAMBRID DF-75 (5000 x 3)</t>
   </si>
   <si>
     <t>MLT-D101S</t>
   </si>
   <si>
     <t>TOONER SAMSUNG ML-2160/ ML-2165/SCX-3405/SF-760/3400 (1 500 lk)</t>
   </si>
   <si>
     <t>MLT-D1042S</t>
   </si>
   <si>
     <t>TOONER SAMSUNG ML-1660/1665/1670/1675/1865/scx3200/3205 (1 500 lk)</t>
   </si>
@@ -5958,135 +5958,135 @@
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1">
         <v>38.05</v>
       </c>
       <c r="D3" s="2">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
         <v>77.43</v>
       </c>
       <c r="D4" s="2">
-        <v>29</v>
+        <v>69</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1">
         <v>31.5</v>
       </c>
       <c r="D5" s="2">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="1">
         <v>106.56</v>
       </c>
       <c r="D6" s="2">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="1">
         <v>102.19</v>
       </c>
       <c r="D7" s="2">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="1">
         <v>102.19</v>
       </c>
       <c r="D8" s="2">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1">
         <v>64.51</v>
       </c>
       <c r="D9" s="2">
-        <v>28</v>
+        <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="1">
         <v>102.19</v>
       </c>
       <c r="D10" s="2">
-        <v>30</v>
+        <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="2"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
         <v>24</v>
       </c>
       <c r="B12" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="2"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
         <v>26</v>
@@ -6321,126 +6321,136 @@
         <v>71</v>
       </c>
       <c r="C35" s="1"/>
       <c r="D35" s="2"/>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" t="s">
         <v>72</v>
       </c>
       <c r="B36" t="s">
         <v>73</v>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" s="2"/>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" t="s">
         <v>74</v>
       </c>
       <c r="B37" t="s">
         <v>75</v>
       </c>
       <c r="C37" s="1">
         <v>117.16</v>
       </c>
-      <c r="D37" s="2"/>
+      <c r="D37" s="2">
+        <v>13</v>
+      </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" t="s">
         <v>76</v>
       </c>
       <c r="B38" t="s">
         <v>77</v>
       </c>
       <c r="C38" s="1">
         <v>138.57</v>
       </c>
       <c r="D38" s="2">
-        <v>29</v>
+        <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" t="s">
         <v>78</v>
       </c>
       <c r="B39" t="s">
         <v>79</v>
       </c>
       <c r="C39" s="1">
         <v>72.99</v>
       </c>
-      <c r="D39" s="2"/>
+      <c r="D39" s="2">
+        <v>3</v>
+      </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" t="s">
         <v>80</v>
       </c>
       <c r="B40" t="s">
         <v>81</v>
       </c>
       <c r="C40" s="1">
         <v>108.75</v>
       </c>
-      <c r="D40" s="2"/>
+      <c r="D40" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" t="s">
         <v>82</v>
       </c>
       <c r="B41" t="s">
         <v>83</v>
       </c>
       <c r="C41" s="1">
         <v>108.75</v>
       </c>
-      <c r="D41" s="2"/>
+      <c r="D41" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" t="s">
         <v>84</v>
       </c>
       <c r="B42" t="s">
         <v>85</v>
       </c>
       <c r="C42" s="1">
         <v>108.75</v>
       </c>
-      <c r="D42" s="2"/>
+      <c r="D42" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" t="s">
         <v>86</v>
       </c>
       <c r="B43" t="s">
         <v>87</v>
       </c>
       <c r="C43" s="1">
         <v>66.92</v>
       </c>
       <c r="D43" s="2">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" t="s">
         <v>88</v>
       </c>
       <c r="B44" t="s">
         <v>89</v>
       </c>
       <c r="C44" s="1">
         <v>150.48</v>
       </c>
       <c r="D44" s="2">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" t="s">
         <v>90</v>
       </c>
       <c r="B45" t="s">
         <v>91</v>
       </c>
       <c r="C45" s="1">
         <v>144.84</v>
@@ -6466,239 +6476,247 @@
     <row r="47" spans="1:26">
       <c r="A47" t="s">
         <v>94</v>
       </c>
       <c r="B47" t="s">
         <v>95</v>
       </c>
       <c r="C47" s="1">
         <v>130</v>
       </c>
       <c r="D47" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" t="s">
         <v>96</v>
       </c>
       <c r="B48" t="s">
         <v>97</v>
       </c>
       <c r="C48" s="1">
         <v>102.87</v>
       </c>
       <c r="D48" s="2">
-        <v>100</v>
+        <v>97</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" t="s">
         <v>98</v>
       </c>
       <c r="B49" t="s">
         <v>99</v>
       </c>
       <c r="C49" s="1">
         <v>144.84</v>
       </c>
       <c r="D49" s="2">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" t="s">
         <v>100</v>
       </c>
       <c r="B50" t="s">
         <v>101</v>
       </c>
       <c r="C50" s="1">
         <v>144.84</v>
       </c>
       <c r="D50" s="2">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" t="s">
         <v>102</v>
       </c>
       <c r="B51" t="s">
         <v>103</v>
       </c>
       <c r="C51" s="1">
         <v>144.84</v>
       </c>
       <c r="D51" s="2">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" t="s">
         <v>104</v>
       </c>
       <c r="B52" t="s">
         <v>105</v>
       </c>
       <c r="C52" s="1">
         <v>66.92</v>
       </c>
       <c r="D52" s="2">
-        <v>19</v>
+        <v>14</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" t="s">
         <v>106</v>
       </c>
       <c r="B53" t="s">
         <v>107</v>
       </c>
       <c r="C53" s="1">
         <v>105.03</v>
       </c>
       <c r="D53" s="2">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" t="s">
         <v>108</v>
       </c>
       <c r="B54" t="s">
         <v>109</v>
       </c>
       <c r="C54" s="1">
         <v>119.56</v>
       </c>
       <c r="D54" s="2">
-        <v>48</v>
+        <v>44</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" t="s">
         <v>110</v>
       </c>
       <c r="B55" t="s">
         <v>111</v>
       </c>
       <c r="C55" s="1">
         <v>119.56</v>
       </c>
       <c r="D55" s="2">
-        <v>91</v>
+        <v>87</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" t="s">
         <v>112</v>
       </c>
       <c r="B56" t="s">
         <v>113</v>
       </c>
       <c r="C56" s="1">
         <v>119.56</v>
       </c>
       <c r="D56" s="2">
-        <v>50</v>
+        <v>47</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" t="s">
         <v>114</v>
       </c>
       <c r="B57" t="s">
         <v>115</v>
       </c>
       <c r="C57" s="1">
         <v>197.67</v>
       </c>
-      <c r="D57" s="2"/>
+      <c r="D57" s="2">
+        <v>24</v>
+      </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" t="s">
         <v>116</v>
       </c>
       <c r="B58" t="s">
         <v>117</v>
       </c>
       <c r="C58" s="1">
         <v>170.25</v>
       </c>
       <c r="D58" s="2">
-        <v>5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" t="s">
         <v>118</v>
       </c>
       <c r="B59" t="s">
         <v>119</v>
       </c>
       <c r="C59" s="1">
         <v>197.67</v>
       </c>
-      <c r="D59" s="2"/>
+      <c r="D59" s="2">
+        <v>17</v>
+      </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" t="s">
         <v>120</v>
       </c>
       <c r="B60" t="s">
         <v>121</v>
       </c>
       <c r="C60" s="1">
         <v>197.67</v>
       </c>
-      <c r="D60" s="2"/>
+      <c r="D60" s="2">
+        <v>17</v>
+      </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" t="s">
         <v>122</v>
       </c>
       <c r="B61" t="s">
         <v>123</v>
       </c>
       <c r="C61" s="1">
         <v>135.25</v>
       </c>
-      <c r="D61" s="2"/>
+      <c r="D61" s="2">
+        <v>18</v>
+      </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" t="s">
         <v>124</v>
       </c>
       <c r="B62" t="s">
         <v>125</v>
       </c>
       <c r="C62" s="1">
         <v>99.34</v>
       </c>
       <c r="D62" s="2">
-        <v>21</v>
+        <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" t="s">
         <v>126</v>
       </c>
       <c r="B63" t="s">
         <v>127</v>
       </c>
       <c r="C63" s="1">
         <v>335.8</v>
       </c>
       <c r="D63" s="2"/>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" t="s">
         <v>128</v>
       </c>
       <c r="B64" t="s">
         <v>129</v>
       </c>
       <c r="C64" s="1">
         <v>586.5</v>
       </c>
       <c r="D64" s="2"/>
@@ -6715,51 +6733,53 @@
       </c>
       <c r="D65" s="2"/>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" t="s">
         <v>132</v>
       </c>
       <c r="B66" t="s">
         <v>133</v>
       </c>
       <c r="C66" s="1">
         <v>586.5</v>
       </c>
       <c r="D66" s="2"/>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" t="s">
         <v>134</v>
       </c>
       <c r="B67" t="s">
         <v>135</v>
       </c>
       <c r="C67" s="1">
         <v>179.47</v>
       </c>
-      <c r="D67" s="2"/>
+      <c r="D67" s="2">
+        <v>5</v>
+      </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" t="s">
         <v>136</v>
       </c>
       <c r="B68" t="s">
         <v>137</v>
       </c>
       <c r="C68" s="1">
         <v>53.9</v>
       </c>
       <c r="D68" s="2"/>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" t="s">
         <v>138</v>
       </c>
       <c r="B69" t="s">
         <v>139</v>
       </c>
       <c r="C69" s="1">
         <v>218.9</v>
       </c>
       <c r="D69" s="2"/>
     </row>
@@ -6787,160 +6807,158 @@
       </c>
       <c r="D71" s="2"/>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" t="s">
         <v>144</v>
       </c>
       <c r="B72" t="s">
         <v>145</v>
       </c>
       <c r="C72" s="1">
         <v>218.9</v>
       </c>
       <c r="D72" s="2"/>
     </row>
     <row r="73" spans="1:26">
       <c r="A73" t="s">
         <v>146</v>
       </c>
       <c r="B73" t="s">
         <v>147</v>
       </c>
       <c r="C73" s="1">
         <v>86.25</v>
       </c>
-      <c r="D73" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D73" s="2"/>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" t="s">
         <v>148</v>
       </c>
       <c r="B74" t="s">
         <v>149</v>
       </c>
       <c r="C74" s="1">
         <v>111.25</v>
       </c>
       <c r="D74" s="2">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" t="s">
         <v>150</v>
       </c>
       <c r="B75" t="s">
         <v>151</v>
       </c>
       <c r="C75" s="1">
         <v>111.25</v>
       </c>
       <c r="D75" s="2">
-        <v>7</v>
+        <v>3</v>
       </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" t="s">
         <v>152</v>
       </c>
       <c r="B76" t="s">
         <v>153</v>
       </c>
       <c r="C76" s="1">
         <v>111.25</v>
       </c>
       <c r="D76" s="2">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" t="s">
         <v>154</v>
       </c>
       <c r="B77" t="s">
         <v>155</v>
       </c>
       <c r="C77" s="1"/>
       <c r="D77" s="2"/>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" t="s">
         <v>156</v>
       </c>
       <c r="B78" t="s">
         <v>157</v>
       </c>
       <c r="C78" s="1">
         <v>58.75</v>
       </c>
       <c r="D78" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" t="s">
         <v>158</v>
       </c>
       <c r="B79" t="s">
         <v>159</v>
       </c>
       <c r="C79" s="1">
         <v>47.5</v>
       </c>
       <c r="D79" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" t="s">
         <v>160</v>
       </c>
       <c r="B80" t="s">
         <v>161</v>
       </c>
       <c r="C80" s="1">
         <v>47.5</v>
       </c>
       <c r="D80" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:26">
       <c r="A81" t="s">
         <v>162</v>
       </c>
       <c r="B81" t="s">
         <v>163</v>
       </c>
       <c r="C81" s="1">
         <v>47.5</v>
       </c>
       <c r="D81" s="2">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" t="s">
         <v>164</v>
       </c>
       <c r="B82" t="s">
         <v>165</v>
       </c>
       <c r="C82" s="1">
         <v>22.5</v>
       </c>
       <c r="D82" s="2">
         <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:26">
       <c r="A83" t="s">
         <v>166</v>
       </c>
       <c r="B83" t="s">
         <v>167</v>
       </c>
       <c r="C83" s="1">
         <v>67.53</v>
@@ -7106,51 +7124,51 @@
       <c r="D95" s="2"/>
     </row>
     <row r="96" spans="1:26">
       <c r="A96" t="s">
         <v>192</v>
       </c>
       <c r="B96" t="s">
         <v>193</v>
       </c>
       <c r="C96" s="1">
         <v>668.88</v>
       </c>
       <c r="D96" s="2"/>
     </row>
     <row r="97" spans="1:26">
       <c r="A97" t="s">
         <v>194</v>
       </c>
       <c r="B97" t="s">
         <v>195</v>
       </c>
       <c r="C97" s="1">
         <v>209.77</v>
       </c>
       <c r="D97" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="98" spans="1:26">
       <c r="A98" t="s">
         <v>196</v>
       </c>
       <c r="B98" t="s">
         <v>197</v>
       </c>
       <c r="C98" s="1">
         <v>137.11</v>
       </c>
       <c r="D98" s="2"/>
     </row>
     <row r="99" spans="1:26">
       <c r="A99" t="s">
         <v>198</v>
       </c>
       <c r="B99" t="s">
         <v>199</v>
       </c>
       <c r="C99" s="1">
         <v>293.75</v>
       </c>
       <c r="D99" s="2"/>
@@ -7420,116 +7438,120 @@
     <row r="119" spans="1:26">
       <c r="A119" t="s">
         <v>238</v>
       </c>
       <c r="B119" t="s">
         <v>239</v>
       </c>
       <c r="C119" s="1">
         <v>29.81</v>
       </c>
       <c r="D119" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="120" spans="1:26">
       <c r="A120" t="s">
         <v>240</v>
       </c>
       <c r="B120" t="s">
         <v>241</v>
       </c>
       <c r="C120" s="1">
         <v>18.27</v>
       </c>
       <c r="D120" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="121" spans="1:26">
       <c r="A121" t="s">
         <v>242</v>
       </c>
       <c r="B121" t="s">
         <v>243</v>
       </c>
       <c r="C121" s="1">
         <v>18.27</v>
       </c>
       <c r="D121" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="122" spans="1:26">
       <c r="A122" t="s">
         <v>244</v>
       </c>
       <c r="B122" t="s">
         <v>245</v>
       </c>
       <c r="C122" s="1">
         <v>18.27</v>
       </c>
-      <c r="D122" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D122" s="2"/>
     </row>
     <row r="123" spans="1:26">
       <c r="A123" t="s">
         <v>246</v>
       </c>
       <c r="B123" t="s">
         <v>247</v>
       </c>
       <c r="C123" s="1">
         <v>18.27</v>
       </c>
-      <c r="D123" s="2"/>
+      <c r="D123" s="2">
+        <v>3</v>
+      </c>
     </row>
     <row r="124" spans="1:26">
       <c r="A124" t="s">
         <v>248</v>
       </c>
       <c r="B124" t="s">
         <v>249</v>
       </c>
       <c r="C124" s="1">
         <v>18.27</v>
       </c>
-      <c r="D124" s="2"/>
+      <c r="D124" s="2">
+        <v>3</v>
+      </c>
     </row>
     <row r="125" spans="1:26">
       <c r="A125" t="s">
         <v>250</v>
       </c>
       <c r="B125" t="s">
         <v>251</v>
       </c>
       <c r="C125" s="1">
         <v>18.27</v>
       </c>
-      <c r="D125" s="2"/>
+      <c r="D125" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="126" spans="1:26">
       <c r="A126" t="s">
         <v>252</v>
       </c>
       <c r="B126" t="s">
         <v>253</v>
       </c>
       <c r="C126" s="1">
         <v>20.62</v>
       </c>
       <c r="D126" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="127" spans="1:26">
       <c r="A127" t="s">
         <v>254</v>
       </c>
       <c r="B127" t="s">
         <v>255</v>
       </c>
       <c r="C127" s="1">
         <v>102.93</v>
       </c>
@@ -7732,93 +7754,91 @@
     <row r="142" spans="1:26">
       <c r="A142" t="s">
         <v>284</v>
       </c>
       <c r="B142" t="s">
         <v>285</v>
       </c>
       <c r="C142" s="1">
         <v>12.99</v>
       </c>
       <c r="D142" s="2">
         <v>10</v>
       </c>
     </row>
     <row r="143" spans="1:26">
       <c r="A143" t="s">
         <v>286</v>
       </c>
       <c r="B143" t="s">
         <v>287</v>
       </c>
       <c r="C143" s="1">
         <v>50</v>
       </c>
       <c r="D143" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="144" spans="1:26">
       <c r="A144" t="s">
         <v>288</v>
       </c>
       <c r="B144" t="s">
         <v>289</v>
       </c>
       <c r="C144" s="1">
         <v>37.5</v>
       </c>
       <c r="D144" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:26">
       <c r="A145" t="s">
         <v>290</v>
       </c>
       <c r="B145" t="s">
         <v>291</v>
       </c>
       <c r="C145" s="1">
         <v>37.5</v>
       </c>
-      <c r="D145" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D145" s="2"/>
     </row>
     <row r="146" spans="1:26">
       <c r="A146" t="s">
         <v>292</v>
       </c>
       <c r="B146" t="s">
         <v>293</v>
       </c>
       <c r="C146" s="1">
         <v>37.5</v>
       </c>
       <c r="D146" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:26">
       <c r="A147" t="s">
         <v>294</v>
       </c>
       <c r="B147" t="s">
         <v>295</v>
       </c>
       <c r="C147" s="1"/>
       <c r="D147" s="2"/>
     </row>
     <row r="148" spans="1:26">
       <c r="A148" t="s">
         <v>296</v>
       </c>
       <c r="B148" t="s">
         <v>297</v>
       </c>
       <c r="C148" s="1"/>
       <c r="D148" s="2"/>
     </row>
     <row r="149" spans="1:26">
       <c r="A149" t="s">
         <v>298</v>
@@ -8226,51 +8246,51 @@
       <c r="D188" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="189" spans="1:26">
       <c r="A189" t="s">
         <v>378</v>
       </c>
       <c r="B189" t="s">
         <v>379</v>
       </c>
       <c r="C189" s="1"/>
       <c r="D189" s="2"/>
     </row>
     <row r="190" spans="1:26">
       <c r="A190" t="s">
         <v>380</v>
       </c>
       <c r="B190" t="s">
         <v>381</v>
       </c>
       <c r="C190" s="1">
         <v>16.09</v>
       </c>
       <c r="D190" s="2">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="191" spans="1:26">
       <c r="A191" t="s">
         <v>382</v>
       </c>
       <c r="B191" t="s">
         <v>383</v>
       </c>
       <c r="C191" s="1">
         <v>13.08</v>
       </c>
       <c r="D191" s="2"/>
     </row>
     <row r="192" spans="1:26">
       <c r="A192" t="s">
         <v>384</v>
       </c>
       <c r="B192" t="s">
         <v>385</v>
       </c>
       <c r="C192" s="1"/>
       <c r="D192" s="2"/>
     </row>
     <row r="193" spans="1:26">
@@ -8515,87 +8535,95 @@
       </c>
       <c r="D215" s="2"/>
     </row>
     <row r="216" spans="1:26">
       <c r="A216" t="s">
         <v>432</v>
       </c>
       <c r="B216" t="s">
         <v>433</v>
       </c>
       <c r="C216" s="1">
         <v>257.19</v>
       </c>
       <c r="D216" s="2"/>
     </row>
     <row r="217" spans="1:26">
       <c r="A217" t="s">
         <v>434</v>
       </c>
       <c r="B217" t="s">
         <v>435</v>
       </c>
       <c r="C217" s="1">
         <v>72.93</v>
       </c>
-      <c r="D217" s="2"/>
+      <c r="D217" s="2">
+        <v>10</v>
+      </c>
     </row>
     <row r="218" spans="1:26">
       <c r="A218" t="s">
         <v>436</v>
       </c>
       <c r="B218" t="s">
         <v>437</v>
       </c>
       <c r="C218" s="1">
         <v>79.81</v>
       </c>
-      <c r="D218" s="2"/>
+      <c r="D218" s="2">
+        <v>9</v>
+      </c>
     </row>
     <row r="219" spans="1:26">
       <c r="A219" t="s">
         <v>438</v>
       </c>
       <c r="B219" t="s">
         <v>439</v>
       </c>
       <c r="C219" s="1">
         <v>72.93</v>
       </c>
-      <c r="D219" s="2"/>
+      <c r="D219" s="2">
+        <v>11</v>
+      </c>
     </row>
     <row r="220" spans="1:26">
       <c r="A220" t="s">
         <v>440</v>
       </c>
       <c r="B220" t="s">
         <v>441</v>
       </c>
       <c r="C220" s="1">
         <v>72.93</v>
       </c>
-      <c r="D220" s="2"/>
+      <c r="D220" s="2">
+        <v>12</v>
+      </c>
     </row>
     <row r="221" spans="1:26">
       <c r="A221" t="s">
         <v>442</v>
       </c>
       <c r="B221" t="s">
         <v>443</v>
       </c>
       <c r="C221" s="1">
         <v>84.94</v>
       </c>
       <c r="D221" s="2"/>
     </row>
     <row r="222" spans="1:26">
       <c r="A222" t="s">
         <v>444</v>
       </c>
       <c r="B222" t="s">
         <v>445</v>
       </c>
       <c r="C222" s="1">
         <v>62.29</v>
       </c>
       <c r="D222" s="2">
         <v>1</v>
@@ -8644,51 +8672,51 @@
     <row r="226" spans="1:26">
       <c r="A226" t="s">
         <v>452</v>
       </c>
       <c r="B226" t="s">
         <v>453</v>
       </c>
       <c r="C226" s="1">
         <v>45.45</v>
       </c>
       <c r="D226" s="2">
         <v>20</v>
       </c>
     </row>
     <row r="227" spans="1:26">
       <c r="A227" t="s">
         <v>454</v>
       </c>
       <c r="B227" t="s">
         <v>455</v>
       </c>
       <c r="C227" s="1">
         <v>45.45</v>
       </c>
       <c r="D227" s="2">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="228" spans="1:26">
       <c r="A228" t="s">
         <v>456</v>
       </c>
       <c r="B228" t="s">
         <v>457</v>
       </c>
       <c r="C228" s="1">
         <v>138.72</v>
       </c>
       <c r="D228" s="2"/>
     </row>
     <row r="229" spans="1:26">
       <c r="A229" t="s">
         <v>458</v>
       </c>
       <c r="B229" t="s">
         <v>459</v>
       </c>
       <c r="C229" s="1">
         <v>95.49</v>
       </c>
       <c r="D229" s="2"/>
@@ -8705,51 +8733,53 @@
       </c>
       <c r="D230" s="2"/>
     </row>
     <row r="231" spans="1:26">
       <c r="A231" t="s">
         <v>462</v>
       </c>
       <c r="B231" t="s">
         <v>463</v>
       </c>
       <c r="C231" s="1">
         <v>138.72</v>
       </c>
       <c r="D231" s="2"/>
     </row>
     <row r="232" spans="1:26">
       <c r="A232" t="s">
         <v>464</v>
       </c>
       <c r="B232" t="s">
         <v>465</v>
       </c>
       <c r="C232" s="1">
         <v>186.96</v>
       </c>
-      <c r="D232" s="2"/>
+      <c r="D232" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="233" spans="1:26">
       <c r="A233" t="s">
         <v>466</v>
       </c>
       <c r="B233" t="s">
         <v>467</v>
       </c>
       <c r="C233" s="1">
         <v>129.45</v>
       </c>
       <c r="D233" s="2"/>
     </row>
     <row r="234" spans="1:26">
       <c r="A234" t="s">
         <v>468</v>
       </c>
       <c r="B234" t="s">
         <v>469</v>
       </c>
       <c r="C234" s="1">
         <v>129.64</v>
       </c>
       <c r="D234" s="2">
         <v>1</v>
@@ -8849,196 +8879,192 @@
     </row>
     <row r="242" spans="1:26">
       <c r="A242" t="s">
         <v>484</v>
       </c>
       <c r="B242" t="s">
         <v>485</v>
       </c>
       <c r="C242" s="1">
         <v>98.11</v>
       </c>
       <c r="D242" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="243" spans="1:26">
       <c r="A243" t="s">
         <v>486</v>
       </c>
       <c r="B243" t="s">
         <v>487</v>
       </c>
       <c r="C243" s="1">
         <v>129.64</v>
       </c>
-      <c r="D243" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D243" s="2"/>
     </row>
     <row r="244" spans="1:26">
       <c r="A244" t="s">
         <v>488</v>
       </c>
       <c r="B244" t="s">
         <v>489</v>
       </c>
       <c r="C244" s="1">
         <v>113.79</v>
       </c>
-      <c r="D244" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D244" s="2"/>
     </row>
     <row r="245" spans="1:26">
       <c r="A245" t="s">
         <v>490</v>
       </c>
       <c r="B245" t="s">
         <v>491</v>
       </c>
       <c r="C245" s="1">
         <v>129.64</v>
       </c>
       <c r="D245" s="2"/>
     </row>
     <row r="246" spans="1:26">
       <c r="A246" t="s">
         <v>492</v>
       </c>
       <c r="B246" t="s">
         <v>493</v>
       </c>
       <c r="C246" s="1">
         <v>105.6</v>
       </c>
       <c r="D246" s="2"/>
     </row>
     <row r="247" spans="1:26">
       <c r="A247" t="s">
         <v>494</v>
       </c>
       <c r="B247" t="s">
         <v>495</v>
       </c>
       <c r="C247" s="1">
         <v>218.43</v>
       </c>
       <c r="D247" s="2">
-        <v>2</v>
+        <v>8</v>
       </c>
     </row>
     <row r="248" spans="1:26">
       <c r="A248" t="s">
         <v>496</v>
       </c>
       <c r="B248" t="s">
         <v>497</v>
       </c>
       <c r="C248" s="1">
         <v>173.68</v>
       </c>
       <c r="D248" s="2">
         <v>12</v>
       </c>
     </row>
     <row r="249" spans="1:26">
       <c r="A249" t="s">
         <v>498</v>
       </c>
       <c r="B249" t="s">
         <v>499</v>
       </c>
       <c r="C249" s="1">
         <v>218.43</v>
       </c>
       <c r="D249" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="250" spans="1:26">
       <c r="A250" t="s">
         <v>500</v>
       </c>
       <c r="B250" t="s">
         <v>501</v>
       </c>
       <c r="C250" s="1">
         <v>218.43</v>
       </c>
       <c r="D250" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="251" spans="1:26">
       <c r="A251" t="s">
         <v>502</v>
       </c>
       <c r="B251" t="s">
         <v>503</v>
       </c>
       <c r="C251" s="1">
         <v>169.9</v>
       </c>
       <c r="D251" s="2"/>
     </row>
     <row r="252" spans="1:26">
       <c r="A252" t="s">
         <v>504</v>
       </c>
       <c r="B252" t="s">
         <v>505</v>
       </c>
       <c r="C252" s="1">
         <v>156.55</v>
       </c>
       <c r="D252" s="2"/>
     </row>
     <row r="253" spans="1:26">
       <c r="A253" t="s">
         <v>506</v>
       </c>
       <c r="B253" t="s">
         <v>507</v>
       </c>
       <c r="C253" s="1">
         <v>169.9</v>
       </c>
       <c r="D253" s="2"/>
     </row>
     <row r="254" spans="1:26">
       <c r="A254" t="s">
         <v>508</v>
       </c>
       <c r="B254" t="s">
         <v>509</v>
       </c>
       <c r="C254" s="1">
         <v>111.97</v>
       </c>
       <c r="D254" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="255" spans="1:26">
       <c r="A255" t="s">
         <v>510</v>
       </c>
       <c r="B255" t="s">
         <v>511</v>
       </c>
       <c r="C255" s="1">
         <v>112.76</v>
       </c>
       <c r="D255" s="2"/>
     </row>
     <row r="256" spans="1:26">
       <c r="A256" t="s">
         <v>512</v>
       </c>
       <c r="B256" t="s">
         <v>513</v>
       </c>
       <c r="C256" s="1">
         <v>134.28</v>
       </c>
       <c r="D256" s="2"/>
@@ -9070,51 +9096,51 @@
       <c r="D258" s="2"/>
     </row>
     <row r="259" spans="1:26">
       <c r="A259" t="s">
         <v>518</v>
       </c>
       <c r="B259" t="s">
         <v>519</v>
       </c>
       <c r="C259" s="1">
         <v>125.6</v>
       </c>
       <c r="D259" s="2"/>
     </row>
     <row r="260" spans="1:26">
       <c r="A260" t="s">
         <v>520</v>
       </c>
       <c r="B260" t="s">
         <v>521</v>
       </c>
       <c r="C260" s="1">
         <v>99.75</v>
       </c>
       <c r="D260" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="261" spans="1:26">
       <c r="A261" t="s">
         <v>522</v>
       </c>
       <c r="B261" t="s">
         <v>523</v>
       </c>
       <c r="C261" s="1">
         <v>99.94</v>
       </c>
       <c r="D261" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="262" spans="1:26">
       <c r="A262" t="s">
         <v>524</v>
       </c>
       <c r="B262" t="s">
         <v>525</v>
       </c>
       <c r="C262" s="1">
         <v>147.97</v>
@@ -9178,130 +9204,136 @@
     <row r="267" spans="1:26">
       <c r="A267" t="s">
         <v>534</v>
       </c>
       <c r="B267" t="s">
         <v>535</v>
       </c>
       <c r="C267" s="1">
         <v>102.88</v>
       </c>
       <c r="D267" s="2">
         <v>5</v>
       </c>
     </row>
     <row r="268" spans="1:26">
       <c r="A268" t="s">
         <v>536</v>
       </c>
       <c r="B268" t="s">
         <v>537</v>
       </c>
       <c r="C268" s="1">
         <v>122.97</v>
       </c>
       <c r="D268" s="2">
-        <v>12</v>
+        <v>7</v>
       </c>
     </row>
     <row r="269" spans="1:26">
       <c r="A269" t="s">
         <v>538</v>
       </c>
       <c r="B269" t="s">
         <v>539</v>
       </c>
       <c r="C269" s="1">
         <v>135.25</v>
       </c>
-      <c r="D269" s="2"/>
+      <c r="D269" s="2">
+        <v>6</v>
+      </c>
     </row>
     <row r="270" spans="1:26">
       <c r="A270" t="s">
         <v>540</v>
       </c>
       <c r="B270" t="s">
         <v>541</v>
       </c>
       <c r="C270" s="1">
         <v>99.34</v>
       </c>
       <c r="D270" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="271" spans="1:26">
       <c r="A271" t="s">
         <v>542</v>
       </c>
       <c r="B271" t="s">
         <v>543</v>
       </c>
       <c r="C271" s="1">
         <v>102.87</v>
       </c>
-      <c r="D271" s="2"/>
+      <c r="D271" s="2">
+        <v>19</v>
+      </c>
     </row>
     <row r="272" spans="1:26">
       <c r="A272" t="s">
         <v>544</v>
       </c>
       <c r="B272" t="s">
         <v>545</v>
       </c>
       <c r="C272" s="1">
         <v>106.57</v>
       </c>
       <c r="D272" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="273" spans="1:26">
       <c r="A273" t="s">
         <v>546</v>
       </c>
       <c r="B273" t="s">
         <v>547</v>
       </c>
       <c r="C273" s="1">
         <v>135.25</v>
       </c>
       <c r="D273" s="2">
-        <v>9</v>
+        <v>30</v>
       </c>
     </row>
     <row r="274" spans="1:26">
       <c r="A274" t="s">
         <v>548</v>
       </c>
       <c r="B274" t="s">
         <v>549</v>
       </c>
       <c r="C274" s="1">
         <v>179.47</v>
       </c>
-      <c r="D274" s="2"/>
+      <c r="D274" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="275" spans="1:26">
       <c r="A275" t="s">
         <v>550</v>
       </c>
       <c r="B275" t="s">
         <v>551</v>
       </c>
       <c r="C275" s="1">
         <v>102.51</v>
       </c>
       <c r="D275" s="2"/>
     </row>
     <row r="276" spans="1:26">
       <c r="A276" t="s">
         <v>552</v>
       </c>
       <c r="B276" t="s">
         <v>553</v>
       </c>
       <c r="C276" s="1">
         <v>52.71</v>
       </c>
       <c r="D276" s="2">
         <v>11</v>
@@ -9324,105 +9356,105 @@
     <row r="278" spans="1:26">
       <c r="A278" t="s">
         <v>556</v>
       </c>
       <c r="B278" t="s">
         <v>557</v>
       </c>
       <c r="C278" s="1">
         <v>74.25</v>
       </c>
       <c r="D278" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="279" spans="1:26">
       <c r="A279" t="s">
         <v>558</v>
       </c>
       <c r="B279" t="s">
         <v>559</v>
       </c>
       <c r="C279" s="1">
         <v>64.03</v>
       </c>
       <c r="D279" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:26">
       <c r="A280" t="s">
         <v>560</v>
       </c>
       <c r="B280" t="s">
         <v>561</v>
       </c>
       <c r="C280" s="1">
         <v>84.09</v>
       </c>
       <c r="D280" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:26">
       <c r="A281" t="s">
         <v>562</v>
       </c>
       <c r="B281" t="s">
         <v>563</v>
       </c>
       <c r="C281" s="1">
         <v>101.36</v>
       </c>
       <c r="D281" s="2"/>
     </row>
     <row r="282" spans="1:26">
       <c r="A282" t="s">
         <v>564</v>
       </c>
       <c r="B282" t="s">
         <v>565</v>
       </c>
       <c r="C282" s="1">
         <v>106.83</v>
       </c>
       <c r="D282" s="2">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="283" spans="1:26">
       <c r="A283" t="s">
         <v>566</v>
       </c>
       <c r="B283" t="s">
         <v>567</v>
       </c>
       <c r="C283" s="1">
         <v>90.68</v>
       </c>
       <c r="D283" s="2">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="284" spans="1:26">
       <c r="A284" t="s">
         <v>568</v>
       </c>
       <c r="B284" t="s">
         <v>569</v>
       </c>
       <c r="C284" s="1">
         <v>98.43</v>
       </c>
       <c r="D284" s="2"/>
     </row>
     <row r="285" spans="1:26">
       <c r="A285" t="s">
         <v>570</v>
       </c>
       <c r="B285" t="s">
         <v>571</v>
       </c>
       <c r="C285" s="1">
         <v>216.97</v>
       </c>
       <c r="D285" s="2"/>
@@ -9452,79 +9484,79 @@
       <c r="D287" s="2"/>
     </row>
     <row r="288" spans="1:26">
       <c r="A288" t="s">
         <v>576</v>
       </c>
       <c r="B288" t="s">
         <v>577</v>
       </c>
       <c r="C288" s="1">
         <v>216.97</v>
       </c>
       <c r="D288" s="2"/>
     </row>
     <row r="289" spans="1:26">
       <c r="A289" t="s">
         <v>578</v>
       </c>
       <c r="B289" t="s">
         <v>579</v>
       </c>
       <c r="C289" s="1">
         <v>70.06</v>
       </c>
       <c r="D289" s="2">
-        <v>5</v>
+        <v>23</v>
       </c>
     </row>
     <row r="290" spans="1:26">
       <c r="A290" t="s">
         <v>580</v>
       </c>
       <c r="B290" t="s">
         <v>581</v>
       </c>
       <c r="C290" s="1">
         <v>39</v>
       </c>
       <c r="D290" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="291" spans="1:26">
       <c r="A291" t="s">
         <v>582</v>
       </c>
       <c r="B291" t="s">
         <v>583</v>
       </c>
       <c r="C291" s="1">
         <v>35.71</v>
       </c>
       <c r="D291" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="292" spans="1:26">
       <c r="A292" t="s">
         <v>584</v>
       </c>
       <c r="B292" t="s">
         <v>585</v>
       </c>
       <c r="C292" s="1">
         <v>80.7</v>
       </c>
       <c r="D292" s="2"/>
     </row>
     <row r="293" spans="1:26">
       <c r="A293" t="s">
         <v>586</v>
       </c>
       <c r="B293" t="s">
         <v>587</v>
       </c>
       <c r="C293" s="1">
         <v>40.87</v>
       </c>
       <c r="D293" s="2">
@@ -10046,51 +10078,51 @@
       </c>
       <c r="C337" s="1"/>
       <c r="D337" s="2"/>
     </row>
     <row r="338" spans="1:26">
       <c r="A338" t="s">
         <v>676</v>
       </c>
       <c r="B338" t="s">
         <v>677</v>
       </c>
       <c r="C338" s="1"/>
       <c r="D338" s="2"/>
     </row>
     <row r="339" spans="1:26">
       <c r="A339" t="s">
         <v>678</v>
       </c>
       <c r="B339" t="s">
         <v>679</v>
       </c>
       <c r="C339" s="1">
         <v>16.5</v>
       </c>
       <c r="D339" s="2">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="340" spans="1:26">
       <c r="A340" t="s">
         <v>680</v>
       </c>
       <c r="B340" t="s">
         <v>681</v>
       </c>
       <c r="C340" s="1"/>
       <c r="D340" s="2"/>
     </row>
     <row r="341" spans="1:26">
       <c r="A341" t="s">
         <v>682</v>
       </c>
       <c r="B341" t="s">
         <v>683</v>
       </c>
       <c r="C341" s="1">
         <v>1.25</v>
       </c>
       <c r="D341" s="2">
         <v>27</v>
       </c>
@@ -10176,51 +10208,51 @@
         <v>2.7</v>
       </c>
       <c r="D348" s="2"/>
     </row>
     <row r="349" spans="1:26">
       <c r="A349" t="s">
         <v>698</v>
       </c>
       <c r="B349" t="s">
         <v>699</v>
       </c>
       <c r="C349" s="1"/>
       <c r="D349" s="2"/>
     </row>
     <row r="350" spans="1:26">
       <c r="A350" t="s">
         <v>700</v>
       </c>
       <c r="B350" t="s">
         <v>701</v>
       </c>
       <c r="C350" s="1">
         <v>14.87</v>
       </c>
       <c r="D350" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="351" spans="1:26">
       <c r="A351" t="s">
         <v>702</v>
       </c>
       <c r="B351" t="s">
         <v>703</v>
       </c>
       <c r="C351" s="1">
         <v>18.75</v>
       </c>
       <c r="D351" s="2"/>
     </row>
     <row r="352" spans="1:26">
       <c r="A352" t="s">
         <v>704</v>
       </c>
       <c r="B352" t="s">
         <v>705</v>
       </c>
       <c r="C352" s="1">
         <v>18.25</v>
       </c>
       <c r="D352" s="2"/>
@@ -11064,79 +11096,79 @@
       <c r="D424" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="425" spans="1:26">
       <c r="A425" t="s">
         <v>850</v>
       </c>
       <c r="B425" t="s">
         <v>851</v>
       </c>
       <c r="C425" s="1"/>
       <c r="D425" s="2"/>
     </row>
     <row r="426" spans="1:26">
       <c r="A426" t="s">
         <v>852</v>
       </c>
       <c r="B426" t="s">
         <v>853</v>
       </c>
       <c r="C426" s="1">
         <v>27.28</v>
       </c>
       <c r="D426" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="427" spans="1:26">
       <c r="A427" t="s">
         <v>854</v>
       </c>
       <c r="B427" t="s">
         <v>855</v>
       </c>
       <c r="C427" s="1">
         <v>27.28</v>
       </c>
       <c r="D427" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="428" spans="1:26">
       <c r="A428" t="s">
         <v>856</v>
       </c>
       <c r="B428" t="s">
         <v>857</v>
       </c>
       <c r="C428" s="1">
         <v>27.28</v>
       </c>
       <c r="D428" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="429" spans="1:26">
       <c r="A429" t="s">
         <v>858</v>
       </c>
       <c r="B429" t="s">
         <v>859</v>
       </c>
       <c r="C429" s="1">
         <v>27.28</v>
       </c>
       <c r="D429" s="2"/>
     </row>
     <row r="430" spans="1:26">
       <c r="A430" t="s">
         <v>860</v>
       </c>
       <c r="B430" t="s">
         <v>861</v>
       </c>
       <c r="C430" s="1"/>
       <c r="D430" s="2"/>
     </row>
     <row r="431" spans="1:26">
@@ -11286,79 +11318,79 @@
       <c r="D443" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="444" spans="1:26">
       <c r="A444" t="s">
         <v>888</v>
       </c>
       <c r="B444" t="s">
         <v>889</v>
       </c>
       <c r="C444" s="1"/>
       <c r="D444" s="2"/>
     </row>
     <row r="445" spans="1:26">
       <c r="A445" t="s">
         <v>890</v>
       </c>
       <c r="B445" t="s">
         <v>891</v>
       </c>
       <c r="C445" s="1">
         <v>87.5</v>
       </c>
       <c r="D445" s="2">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="446" spans="1:26">
       <c r="A446" t="s">
         <v>892</v>
       </c>
       <c r="B446" t="s">
         <v>893</v>
       </c>
       <c r="C446" s="1">
         <v>101.25</v>
       </c>
       <c r="D446" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="447" spans="1:26">
       <c r="A447" t="s">
         <v>894</v>
       </c>
       <c r="B447" t="s">
         <v>895</v>
       </c>
       <c r="C447" s="1">
         <v>101.25</v>
       </c>
       <c r="D447" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="448" spans="1:26">
       <c r="A448" t="s">
         <v>896</v>
       </c>
       <c r="B448" t="s">
         <v>897</v>
       </c>
       <c r="C448" s="1">
         <v>101.25</v>
       </c>
       <c r="D448" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="449" spans="1:26">
       <c r="A449" t="s">
         <v>898</v>
       </c>
       <c r="B449" t="s">
         <v>899</v>
       </c>
       <c r="C449" s="1"/>
       <c r="D449" s="2"/>
@@ -11451,81 +11483,77 @@
       </c>
       <c r="D456" s="2"/>
     </row>
     <row r="457" spans="1:26">
       <c r="A457" t="s">
         <v>914</v>
       </c>
       <c r="B457" t="s">
         <v>915</v>
       </c>
       <c r="C457" s="1">
         <v>54.57</v>
       </c>
       <c r="D457" s="2"/>
     </row>
     <row r="458" spans="1:26">
       <c r="A458" t="s">
         <v>916</v>
       </c>
       <c r="B458" t="s">
         <v>917</v>
       </c>
       <c r="C458" s="1">
         <v>54.57</v>
       </c>
-      <c r="D458" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D458" s="2"/>
     </row>
     <row r="459" spans="1:26">
       <c r="A459" t="s">
         <v>918</v>
       </c>
       <c r="B459" t="s">
         <v>919</v>
       </c>
       <c r="C459" s="1">
         <v>54.57</v>
       </c>
       <c r="D459" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="460" spans="1:26">
       <c r="A460" t="s">
         <v>920</v>
       </c>
       <c r="B460" t="s">
         <v>921</v>
       </c>
       <c r="C460" s="1">
         <v>54.57</v>
       </c>
-      <c r="D460" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D460" s="2"/>
     </row>
     <row r="461" spans="1:26">
       <c r="A461" t="s">
         <v>922</v>
       </c>
       <c r="B461" t="s">
         <v>923</v>
       </c>
       <c r="C461" s="1">
         <v>55.55</v>
       </c>
       <c r="D461" s="2"/>
     </row>
     <row r="462" spans="1:26">
       <c r="A462" t="s">
         <v>924</v>
       </c>
       <c r="B462" t="s">
         <v>925</v>
       </c>
       <c r="C462" s="1">
         <v>54.57</v>
       </c>
       <c r="D462" s="2">
         <v>1</v>
@@ -11656,51 +11684,51 @@
       <c r="D471" s="2"/>
     </row>
     <row r="472" spans="1:26">
       <c r="A472" t="s">
         <v>944</v>
       </c>
       <c r="B472" t="s">
         <v>945</v>
       </c>
       <c r="C472" s="1">
         <v>89.38</v>
       </c>
       <c r="D472" s="2"/>
     </row>
     <row r="473" spans="1:26">
       <c r="A473" t="s">
         <v>946</v>
       </c>
       <c r="B473" t="s">
         <v>947</v>
       </c>
       <c r="C473" s="1">
         <v>45</v>
       </c>
       <c r="D473" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="474" spans="1:26">
       <c r="A474" t="s">
         <v>948</v>
       </c>
       <c r="B474" t="s">
         <v>949</v>
       </c>
       <c r="C474" s="1"/>
       <c r="D474" s="2"/>
     </row>
     <row r="475" spans="1:26">
       <c r="A475" t="s">
         <v>950</v>
       </c>
       <c r="B475" t="s">
         <v>951</v>
       </c>
       <c r="C475" s="1">
         <v>266.95</v>
       </c>
       <c r="D475" s="2">
         <v>1</v>
       </c>
@@ -11799,195 +11827,183 @@
         <v>1</v>
       </c>
     </row>
     <row r="483" spans="1:26">
       <c r="A483" t="s">
         <v>966</v>
       </c>
       <c r="B483" t="s">
         <v>967</v>
       </c>
       <c r="C483" s="1">
         <v>258.5</v>
       </c>
       <c r="D483" s="2"/>
     </row>
     <row r="484" spans="1:26">
       <c r="A484" t="s">
         <v>968</v>
       </c>
       <c r="B484" t="s">
         <v>969</v>
       </c>
       <c r="C484" s="1">
         <v>143</v>
       </c>
-      <c r="D484" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D484" s="2"/>
     </row>
     <row r="485" spans="1:26">
       <c r="A485" t="s">
         <v>970</v>
       </c>
       <c r="B485" t="s">
         <v>971</v>
       </c>
       <c r="C485" s="1">
         <v>143</v>
       </c>
       <c r="D485" s="2"/>
     </row>
     <row r="486" spans="1:26">
       <c r="A486" t="s">
         <v>972</v>
       </c>
       <c r="B486" t="s">
         <v>973</v>
       </c>
       <c r="C486" s="1">
         <v>143</v>
       </c>
-      <c r="D486" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D486" s="2"/>
     </row>
     <row r="487" spans="1:26">
       <c r="A487" t="s">
         <v>974</v>
       </c>
       <c r="B487" t="s">
         <v>975</v>
       </c>
       <c r="C487" s="1">
         <v>143</v>
       </c>
-      <c r="D487" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D487" s="2"/>
     </row>
     <row r="488" spans="1:26">
       <c r="A488" t="s">
         <v>976</v>
       </c>
       <c r="B488" t="s">
         <v>977</v>
       </c>
       <c r="C488" s="1">
         <v>143</v>
       </c>
       <c r="D488" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="489" spans="1:26">
       <c r="A489" t="s">
         <v>978</v>
       </c>
       <c r="B489" t="s">
         <v>979</v>
       </c>
       <c r="C489" s="1">
-        <v>143</v>
-[...3 lines deleted...]
-      </c>
+        <v>209</v>
+      </c>
+      <c r="D489" s="2"/>
     </row>
     <row r="490" spans="1:26">
       <c r="A490" t="s">
         <v>980</v>
       </c>
       <c r="B490" t="s">
         <v>981</v>
       </c>
       <c r="C490" s="1">
         <v>143</v>
       </c>
       <c r="D490" s="2"/>
     </row>
     <row r="491" spans="1:26">
       <c r="A491" t="s">
         <v>982</v>
       </c>
       <c r="B491" t="s">
         <v>983</v>
       </c>
       <c r="C491" s="1">
         <v>143</v>
       </c>
-      <c r="D491" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D491" s="2"/>
     </row>
     <row r="492" spans="1:26">
       <c r="A492" t="s">
         <v>984</v>
       </c>
       <c r="B492" t="s">
         <v>985</v>
       </c>
       <c r="C492" s="1">
         <v>143</v>
       </c>
       <c r="D492" s="2"/>
     </row>
     <row r="493" spans="1:26">
       <c r="A493" t="s">
         <v>986</v>
       </c>
       <c r="B493" t="s">
         <v>987</v>
       </c>
       <c r="C493" s="1">
         <v>269.5</v>
       </c>
       <c r="D493" s="2"/>
     </row>
     <row r="494" spans="1:26">
       <c r="A494" t="s">
         <v>988</v>
       </c>
       <c r="B494" t="s">
         <v>989</v>
       </c>
       <c r="C494" s="1"/>
       <c r="D494" s="2"/>
     </row>
     <row r="495" spans="1:26">
       <c r="A495" t="s">
         <v>990</v>
       </c>
       <c r="B495" t="s">
         <v>991</v>
       </c>
       <c r="C495" s="1">
         <v>50</v>
       </c>
-      <c r="D495" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D495" s="2"/>
     </row>
     <row r="496" spans="1:26">
       <c r="A496" t="s">
         <v>992</v>
       </c>
       <c r="B496" t="s">
         <v>993</v>
       </c>
       <c r="C496" s="1"/>
       <c r="D496" s="2"/>
     </row>
     <row r="497" spans="1:26">
       <c r="A497" t="s">
         <v>994</v>
       </c>
       <c r="B497" t="s">
         <v>995</v>
       </c>
       <c r="C497" s="1">
         <v>104.3</v>
       </c>
       <c r="D497" s="2"/>
     </row>
     <row r="498" spans="1:26">
       <c r="A498" t="s">
@@ -12149,228 +12165,224 @@
     </row>
     <row r="510" spans="1:26">
       <c r="A510" t="s">
         <v>1020</v>
       </c>
       <c r="B510" t="s">
         <v>1021</v>
       </c>
       <c r="C510" s="1">
         <v>14.71</v>
       </c>
       <c r="D510" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="511" spans="1:26">
       <c r="A511" t="s">
         <v>1022</v>
       </c>
       <c r="B511" t="s">
         <v>1023</v>
       </c>
       <c r="C511" s="1">
         <v>51.87</v>
       </c>
-      <c r="D511" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D511" s="2"/>
     </row>
     <row r="512" spans="1:26">
       <c r="A512" t="s">
         <v>1024</v>
       </c>
       <c r="B512" t="s">
         <v>1025</v>
       </c>
       <c r="C512" s="1">
         <v>45</v>
       </c>
-      <c r="D512" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D512" s="2"/>
     </row>
     <row r="513" spans="1:26">
       <c r="A513" t="s">
         <v>1026</v>
       </c>
       <c r="B513" t="s">
         <v>1027</v>
       </c>
       <c r="C513" s="1">
         <v>45</v>
       </c>
-      <c r="D513" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D513" s="2"/>
     </row>
     <row r="514" spans="1:26">
       <c r="A514" t="s">
         <v>1028</v>
       </c>
       <c r="B514" t="s">
         <v>1029</v>
       </c>
       <c r="C514" s="1"/>
       <c r="D514" s="2"/>
     </row>
     <row r="515" spans="1:26">
       <c r="A515" t="s">
         <v>1030</v>
       </c>
       <c r="B515" t="s">
         <v>1031</v>
       </c>
       <c r="C515" s="1">
         <v>10</v>
       </c>
       <c r="D515" s="2">
-        <v>2</v>
+        <v>12</v>
       </c>
     </row>
     <row r="516" spans="1:26">
       <c r="A516" t="s">
         <v>1032</v>
       </c>
       <c r="B516" t="s">
         <v>1033</v>
       </c>
       <c r="C516" s="1">
         <v>8.12</v>
       </c>
       <c r="D516" s="2">
-        <v>7</v>
+        <v>2</v>
       </c>
     </row>
     <row r="517" spans="1:26">
       <c r="A517" t="s">
         <v>1034</v>
       </c>
       <c r="B517" t="s">
         <v>1035</v>
       </c>
       <c r="C517" s="1">
         <v>8.12</v>
       </c>
       <c r="D517" s="2">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="518" spans="1:26">
       <c r="A518" t="s">
         <v>1036</v>
       </c>
       <c r="B518" t="s">
         <v>1037</v>
       </c>
       <c r="C518" s="1">
         <v>8.12</v>
       </c>
       <c r="D518" s="2">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="519" spans="1:26">
       <c r="A519" t="s">
         <v>1038</v>
       </c>
       <c r="B519" t="s">
         <v>1039</v>
       </c>
       <c r="C519" s="1">
         <v>10.62</v>
       </c>
       <c r="D519" s="2">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="520" spans="1:26">
       <c r="A520" t="s">
         <v>1040</v>
       </c>
       <c r="B520" t="s">
         <v>1041</v>
       </c>
       <c r="C520" s="1">
         <v>10.62</v>
       </c>
       <c r="D520" s="2">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="521" spans="1:26">
       <c r="A521" t="s">
         <v>1042</v>
       </c>
       <c r="B521" t="s">
         <v>1043</v>
       </c>
       <c r="C521" s="1">
         <v>10.62</v>
       </c>
       <c r="D521" s="2">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="522" spans="1:26">
       <c r="A522" t="s">
         <v>1044</v>
       </c>
       <c r="B522" t="s">
         <v>1045</v>
       </c>
       <c r="C522" s="1">
         <v>10.62</v>
       </c>
-      <c r="D522" s="2"/>
+      <c r="D522" s="2">
+        <v>12</v>
+      </c>
     </row>
     <row r="523" spans="1:26">
       <c r="A523" t="s">
         <v>1046</v>
       </c>
       <c r="B523" t="s">
         <v>1047</v>
       </c>
       <c r="C523" s="1">
         <v>10.62</v>
       </c>
       <c r="D523" s="2">
-        <v>3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="524" spans="1:26">
       <c r="A524" t="s">
         <v>1048</v>
       </c>
       <c r="B524" t="s">
         <v>1049</v>
       </c>
       <c r="C524" s="1">
         <v>10.62</v>
       </c>
       <c r="D524" s="2">
-        <v>2</v>
+        <v>10</v>
       </c>
     </row>
     <row r="525" spans="1:26">
       <c r="A525" t="s">
         <v>1050</v>
       </c>
       <c r="B525" t="s">
         <v>1051</v>
       </c>
       <c r="C525" s="1">
         <v>143</v>
       </c>
       <c r="D525" s="2"/>
     </row>
     <row r="526" spans="1:26">
       <c r="A526" t="s">
         <v>1052</v>
       </c>
       <c r="B526" t="s">
         <v>1053</v>
       </c>
       <c r="C526" s="1">
         <v>143</v>
       </c>
       <c r="D526" s="2"/>
@@ -13063,106 +13075,104 @@
     </row>
     <row r="585" spans="1:26">
       <c r="A585" t="s">
         <v>1170</v>
       </c>
       <c r="B585" t="s">
         <v>1171</v>
       </c>
       <c r="C585" s="1">
         <v>298.57</v>
       </c>
       <c r="D585" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="586" spans="1:26">
       <c r="A586" t="s">
         <v>1172</v>
       </c>
       <c r="B586" t="s">
         <v>1173</v>
       </c>
       <c r="C586" s="1">
         <v>172.15</v>
       </c>
-      <c r="D586" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D586" s="2"/>
     </row>
     <row r="587" spans="1:26">
       <c r="A587" t="s">
         <v>1174</v>
       </c>
       <c r="B587" t="s">
         <v>1175</v>
       </c>
       <c r="C587" s="1">
         <v>171.99</v>
       </c>
       <c r="D587" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="588" spans="1:26">
       <c r="A588" t="s">
         <v>1176</v>
       </c>
       <c r="B588" t="s">
         <v>1177</v>
       </c>
       <c r="C588" s="1">
         <v>172.15</v>
       </c>
       <c r="D588" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="589" spans="1:26">
       <c r="A589" t="s">
         <v>1178</v>
       </c>
       <c r="B589" t="s">
         <v>1179</v>
       </c>
       <c r="C589" s="1">
         <v>171.99</v>
       </c>
       <c r="D589" s="2"/>
     </row>
     <row r="590" spans="1:26">
       <c r="A590" t="s">
         <v>1180</v>
       </c>
       <c r="B590" t="s">
         <v>1181</v>
       </c>
       <c r="C590" s="1">
         <v>171.99</v>
       </c>
       <c r="D590" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="591" spans="1:26">
       <c r="A591" t="s">
         <v>1182</v>
       </c>
       <c r="B591" t="s">
         <v>1183</v>
       </c>
       <c r="C591" s="1">
         <v>171.99</v>
       </c>
       <c r="D591" s="2"/>
     </row>
     <row r="592" spans="1:26">
       <c r="A592" t="s">
         <v>1184</v>
       </c>
       <c r="B592" t="s">
         <v>1185</v>
       </c>
       <c r="C592" s="1">
         <v>171.99</v>
       </c>
       <c r="D592" s="2"/>
@@ -13319,53 +13329,51 @@
       </c>
       <c r="D604" s="2"/>
     </row>
     <row r="605" spans="1:26">
       <c r="A605" t="s">
         <v>1210</v>
       </c>
       <c r="B605" t="s">
         <v>1211</v>
       </c>
       <c r="C605" s="1">
         <v>16.08</v>
       </c>
       <c r="D605" s="2"/>
     </row>
     <row r="606" spans="1:26">
       <c r="A606" t="s">
         <v>1212</v>
       </c>
       <c r="B606" t="s">
         <v>1213</v>
       </c>
       <c r="C606" s="1">
         <v>57.29</v>
       </c>
-      <c r="D606" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D606" s="2"/>
     </row>
     <row r="607" spans="1:26">
       <c r="A607" t="s">
         <v>1214</v>
       </c>
       <c r="B607" t="s">
         <v>1215</v>
       </c>
       <c r="C607" s="1">
         <v>57.29</v>
       </c>
       <c r="D607" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="608" spans="1:26">
       <c r="A608" t="s">
         <v>1216</v>
       </c>
       <c r="B608" t="s">
         <v>1217</v>
       </c>
       <c r="C608" s="1">
         <v>57.29</v>
       </c>
@@ -14334,121 +14342,121 @@
       </c>
       <c r="C686" s="1"/>
       <c r="D686" s="2"/>
     </row>
     <row r="687" spans="1:26">
       <c r="A687" t="s">
         <v>1374</v>
       </c>
       <c r="B687" t="s">
         <v>1375</v>
       </c>
       <c r="C687" s="1"/>
       <c r="D687" s="2"/>
     </row>
     <row r="688" spans="1:26">
       <c r="A688" t="s">
         <v>1376</v>
       </c>
       <c r="B688" t="s">
         <v>1377</v>
       </c>
       <c r="C688" s="1">
         <v>24.15</v>
       </c>
       <c r="D688" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="689" spans="1:26">
       <c r="A689" t="s">
         <v>1378</v>
       </c>
       <c r="B689" t="s">
         <v>1379</v>
       </c>
       <c r="C689" s="1">
         <v>18.73</v>
       </c>
       <c r="D689" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="690" spans="1:26">
       <c r="A690" t="s">
         <v>1380</v>
       </c>
       <c r="B690" t="s">
         <v>1381</v>
       </c>
       <c r="C690" s="1">
         <v>35</v>
       </c>
       <c r="D690" s="2">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="691" spans="1:26">
       <c r="A691" t="s">
         <v>1382</v>
       </c>
       <c r="B691" t="s">
         <v>1383</v>
       </c>
       <c r="C691" s="1">
         <v>35</v>
       </c>
       <c r="D691" s="2">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="692" spans="1:26">
       <c r="A692" t="s">
         <v>1384</v>
       </c>
       <c r="B692" t="s">
         <v>1385</v>
       </c>
       <c r="C692" s="1">
         <v>35</v>
       </c>
       <c r="D692" s="2">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="693" spans="1:26">
       <c r="A693" t="s">
         <v>1386</v>
       </c>
       <c r="B693" t="s">
         <v>1387</v>
       </c>
       <c r="C693" s="1">
         <v>57.5</v>
       </c>
       <c r="D693" s="2">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="694" spans="1:26">
       <c r="A694" t="s">
         <v>1388</v>
       </c>
       <c r="B694" t="s">
         <v>1389</v>
       </c>
       <c r="C694" s="1">
         <v>7.18</v>
       </c>
       <c r="D694" s="2"/>
     </row>
     <row r="695" spans="1:26">
       <c r="A695" t="s">
         <v>1390</v>
       </c>
       <c r="B695" t="s">
         <v>1391</v>
       </c>
       <c r="C695" s="1">
         <v>17.37</v>
       </c>
       <c r="D695" s="2"/>
@@ -15322,149 +15330,149 @@
       </c>
     </row>
     <row r="765" spans="1:26">
       <c r="A765" t="s">
         <v>1530</v>
       </c>
       <c r="B765" t="s">
         <v>1531</v>
       </c>
       <c r="C765" s="1">
         <v>19.51</v>
       </c>
       <c r="D765" s="2"/>
     </row>
     <row r="766" spans="1:26">
       <c r="A766" t="s">
         <v>1532</v>
       </c>
       <c r="B766" t="s">
         <v>1533</v>
       </c>
       <c r="C766" s="1">
         <v>104.6</v>
       </c>
       <c r="D766" s="2">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="767" spans="1:26">
       <c r="A767" t="s">
         <v>1534</v>
       </c>
       <c r="B767" t="s">
         <v>1535</v>
       </c>
       <c r="C767" s="1">
         <v>202.95</v>
       </c>
       <c r="D767" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="768" spans="1:26">
       <c r="A768" t="s">
         <v>1536</v>
       </c>
       <c r="B768" t="s">
         <v>1537</v>
       </c>
       <c r="C768" s="1">
         <v>202.95</v>
       </c>
       <c r="D768" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="769" spans="1:26">
       <c r="A769" t="s">
         <v>1538</v>
       </c>
       <c r="B769" t="s">
         <v>1539</v>
       </c>
       <c r="C769" s="1">
         <v>202.95</v>
       </c>
       <c r="D769" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="770" spans="1:26">
       <c r="A770" t="s">
         <v>1540</v>
       </c>
       <c r="B770" t="s">
         <v>1541</v>
       </c>
       <c r="C770" s="1">
         <v>18.38</v>
       </c>
       <c r="D770" s="2">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="771" spans="1:26">
       <c r="A771" t="s">
         <v>1542</v>
       </c>
       <c r="B771" t="s">
         <v>1543</v>
       </c>
       <c r="C771" s="1">
         <v>16.13</v>
       </c>
       <c r="D771" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="772" spans="1:26">
       <c r="A772" t="s">
         <v>1544</v>
       </c>
       <c r="B772" t="s">
         <v>1545</v>
       </c>
       <c r="C772" s="1">
         <v>16.13</v>
       </c>
       <c r="D772" s="2">
         <v>5</v>
       </c>
     </row>
     <row r="773" spans="1:26">
       <c r="A773" t="s">
         <v>1546</v>
       </c>
       <c r="B773" t="s">
         <v>1547</v>
       </c>
       <c r="C773" s="1">
         <v>16.13</v>
       </c>
       <c r="D773" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="774" spans="1:26">
       <c r="A774" t="s">
         <v>1548</v>
       </c>
       <c r="B774" t="s">
         <v>1549</v>
       </c>
       <c r="C774" s="1">
         <v>15.61</v>
       </c>
       <c r="D774" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="775" spans="1:26">
       <c r="A775" t="s">
         <v>1550</v>
       </c>
       <c r="B775" t="s">
         <v>1551</v>
       </c>
       <c r="C775" s="1">
         <v>15.61</v>
@@ -15680,79 +15688,79 @@
       <c r="D792" s="2"/>
     </row>
     <row r="793" spans="1:26">
       <c r="A793" t="s">
         <v>1586</v>
       </c>
       <c r="B793" t="s">
         <v>1587</v>
       </c>
       <c r="C793" s="1">
         <v>19.51</v>
       </c>
       <c r="D793" s="2"/>
     </row>
     <row r="794" spans="1:26">
       <c r="A794" t="s">
         <v>1588</v>
       </c>
       <c r="B794" t="s">
         <v>1589</v>
       </c>
       <c r="C794" s="1">
         <v>8.25</v>
       </c>
       <c r="D794" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="795" spans="1:26">
       <c r="A795" t="s">
         <v>1590</v>
       </c>
       <c r="B795" t="s">
         <v>1591</v>
       </c>
       <c r="C795" s="1">
         <v>8.25</v>
       </c>
       <c r="D795" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="796" spans="1:26">
       <c r="A796" t="s">
         <v>1592</v>
       </c>
       <c r="B796" t="s">
         <v>1593</v>
       </c>
       <c r="C796" s="1">
         <v>8.25</v>
       </c>
       <c r="D796" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="797" spans="1:26">
       <c r="A797" t="s">
         <v>1594</v>
       </c>
       <c r="B797" t="s">
         <v>1595</v>
       </c>
       <c r="C797" s="1">
         <v>22.5</v>
       </c>
       <c r="D797" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="798" spans="1:26">
       <c r="A798" t="s">
         <v>1596</v>
       </c>
       <c r="B798" t="s">
         <v>1597</v>
       </c>
       <c r="C798" s="1">
         <v>20.61</v>
@@ -15800,51 +15808,51 @@
       <c r="D801" s="2"/>
     </row>
     <row r="802" spans="1:26">
       <c r="A802" t="s">
         <v>1604</v>
       </c>
       <c r="B802" t="s">
         <v>1605</v>
       </c>
       <c r="C802" s="1">
         <v>11.25</v>
       </c>
       <c r="D802" s="2"/>
     </row>
     <row r="803" spans="1:26">
       <c r="A803" t="s">
         <v>1606</v>
       </c>
       <c r="B803" t="s">
         <v>1607</v>
       </c>
       <c r="C803" s="1">
         <v>15.58</v>
       </c>
       <c r="D803" s="2">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="804" spans="1:26">
       <c r="A804" t="s">
         <v>1608</v>
       </c>
       <c r="B804" t="s">
         <v>1609</v>
       </c>
       <c r="C804" s="1">
         <v>15.43</v>
       </c>
       <c r="D804" s="2">
         <v>5</v>
       </c>
     </row>
     <row r="805" spans="1:26">
       <c r="A805" t="s">
         <v>1610</v>
       </c>
       <c r="B805" t="s">
         <v>1611</v>
       </c>
       <c r="C805" s="1">
         <v>20.81</v>
@@ -15898,93 +15906,93 @@
     <row r="809" spans="1:26">
       <c r="A809" t="s">
         <v>1618</v>
       </c>
       <c r="B809" t="s">
         <v>1619</v>
       </c>
       <c r="C809" s="1">
         <v>14.05</v>
       </c>
       <c r="D809" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="810" spans="1:26">
       <c r="A810" t="s">
         <v>1620</v>
       </c>
       <c r="B810" t="s">
         <v>1621</v>
       </c>
       <c r="C810" s="1">
         <v>8.37</v>
       </c>
       <c r="D810" s="2">
-        <v>17</v>
+        <v>90</v>
       </c>
     </row>
     <row r="811" spans="1:26">
       <c r="A811" t="s">
         <v>1622</v>
       </c>
       <c r="B811" t="s">
         <v>1623</v>
       </c>
       <c r="C811" s="1">
         <v>8.12</v>
       </c>
       <c r="D811" s="2">
-        <v>27</v>
+        <v>91</v>
       </c>
     </row>
     <row r="812" spans="1:26">
       <c r="A812" t="s">
         <v>1624</v>
       </c>
       <c r="B812" t="s">
         <v>1625</v>
       </c>
       <c r="C812" s="1">
         <v>8.12</v>
       </c>
       <c r="D812" s="2">
-        <v>22</v>
+        <v>85</v>
       </c>
     </row>
     <row r="813" spans="1:26">
       <c r="A813" t="s">
         <v>1626</v>
       </c>
       <c r="B813" t="s">
         <v>1627</v>
       </c>
       <c r="C813" s="1">
         <v>8.12</v>
       </c>
       <c r="D813" s="2">
-        <v>17</v>
+        <v>69</v>
       </c>
     </row>
     <row r="814" spans="1:26">
       <c r="A814" t="s">
         <v>1628</v>
       </c>
       <c r="B814" t="s">
         <v>1629</v>
       </c>
       <c r="C814" s="1"/>
       <c r="D814" s="2"/>
     </row>
     <row r="815" spans="1:26">
       <c r="A815" t="s">
         <v>1630</v>
       </c>
       <c r="B815" t="s">
         <v>1631</v>
       </c>
       <c r="C815" s="1"/>
       <c r="D815" s="2"/>
     </row>
     <row r="816" spans="1:26">
       <c r="A816" t="s">
         <v>1632</v>
@@ -16113,54 +16121,54 @@
       </c>
       <c r="B828" t="s">
         <v>1657</v>
       </c>
       <c r="C828" s="1"/>
       <c r="D828" s="2"/>
     </row>
     <row r="829" spans="1:26">
       <c r="A829" t="s">
         <v>1658</v>
       </c>
       <c r="B829" t="s">
         <v>1659</v>
       </c>
       <c r="C829" s="1"/>
       <c r="D829" s="2"/>
     </row>
     <row r="830" spans="1:26">
       <c r="A830" t="s">
         <v>1660</v>
       </c>
       <c r="B830" t="s">
         <v>1661</v>
       </c>
       <c r="C830" s="1">
-        <v>3.6</v>
+        <v>9</v>
       </c>
       <c r="D830" s="2">
-        <v>36</v>
+        <v>34</v>
       </c>
     </row>
     <row r="831" spans="1:26">
       <c r="A831" t="s">
         <v>1662</v>
       </c>
       <c r="B831" t="s">
         <v>1663</v>
       </c>
       <c r="C831" s="1">
         <v>7.62</v>
       </c>
       <c r="D831" s="2"/>
     </row>
     <row r="832" spans="1:26">
       <c r="A832" t="s">
         <v>1664</v>
       </c>
       <c r="B832" t="s">
         <v>1665</v>
       </c>
       <c r="C832" s="1"/>
       <c r="D832" s="2"/>
     </row>
     <row r="833" spans="1:26">
@@ -16183,51 +16191,51 @@
       <c r="C834" s="1">
         <v>13.47</v>
       </c>
       <c r="D834" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="835" spans="1:26">
       <c r="A835" t="s">
         <v>1670</v>
       </c>
       <c r="B835" t="s">
         <v>1671</v>
       </c>
       <c r="C835" s="1"/>
       <c r="D835" s="2"/>
     </row>
     <row r="836" spans="1:26">
       <c r="A836" t="s">
         <v>1672</v>
       </c>
       <c r="B836" t="s">
         <v>1673</v>
       </c>
       <c r="C836" s="1">
-        <v>26</v>
+        <v>28.56</v>
       </c>
       <c r="D836" s="2"/>
     </row>
     <row r="837" spans="1:26">
       <c r="A837" t="s">
         <v>1674</v>
       </c>
       <c r="B837" t="s">
         <v>1675</v>
       </c>
       <c r="C837" s="1">
         <v>7.2</v>
       </c>
       <c r="D837" s="2"/>
     </row>
     <row r="838" spans="1:26">
       <c r="A838" t="s">
         <v>1676</v>
       </c>
       <c r="B838" t="s">
         <v>1677</v>
       </c>
       <c r="C838" s="1">
         <v>6.13</v>
       </c>
@@ -16237,698 +16245,704 @@
     </row>
     <row r="839" spans="1:26">
       <c r="A839" t="s">
         <v>1678</v>
       </c>
       <c r="B839" t="s">
         <v>1679</v>
       </c>
       <c r="C839" s="1">
         <v>95.5</v>
       </c>
       <c r="D839" s="2">
         <v>23</v>
       </c>
     </row>
     <row r="840" spans="1:26">
       <c r="A840" t="s">
         <v>1680</v>
       </c>
       <c r="B840" t="s">
         <v>1681</v>
       </c>
       <c r="C840" s="1">
         <v>64.51</v>
       </c>
-      <c r="D840" s="2"/>
+      <c r="D840" s="2">
+        <v>14</v>
+      </c>
     </row>
     <row r="841" spans="1:26">
       <c r="A841" t="s">
         <v>1682</v>
       </c>
       <c r="B841" t="s">
         <v>1683</v>
       </c>
       <c r="C841" s="1">
         <v>95.95</v>
       </c>
-      <c r="D841" s="2"/>
+      <c r="D841" s="2">
+        <v>21</v>
+      </c>
     </row>
     <row r="842" spans="1:26">
       <c r="A842" t="s">
         <v>1684</v>
       </c>
       <c r="B842" t="s">
         <v>1685</v>
       </c>
       <c r="C842" s="1">
         <v>95.95</v>
       </c>
-      <c r="D842" s="2"/>
+      <c r="D842" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="843" spans="1:26">
       <c r="A843" t="s">
         <v>1686</v>
       </c>
       <c r="B843" t="s">
         <v>1687</v>
       </c>
       <c r="C843" s="1">
         <v>95.95</v>
       </c>
       <c r="D843" s="2"/>
     </row>
     <row r="844" spans="1:26">
       <c r="A844" t="s">
         <v>1688</v>
       </c>
       <c r="B844" t="s">
         <v>1689</v>
       </c>
       <c r="C844" s="1">
         <v>65.8</v>
       </c>
-      <c r="D844" s="2"/>
+      <c r="D844" s="2">
+        <v>16</v>
+      </c>
     </row>
     <row r="845" spans="1:26">
       <c r="A845" t="s">
         <v>1690</v>
       </c>
       <c r="B845" t="s">
         <v>1691</v>
       </c>
       <c r="C845" s="1">
         <v>96.79</v>
       </c>
       <c r="D845" s="2">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="846" spans="1:26">
       <c r="A846" t="s">
         <v>1692</v>
       </c>
       <c r="B846" t="s">
         <v>1693</v>
       </c>
       <c r="C846" s="1">
         <v>66.43</v>
       </c>
       <c r="D846" s="2"/>
     </row>
     <row r="847" spans="1:26">
       <c r="A847" t="s">
         <v>1694</v>
       </c>
       <c r="B847" t="s">
         <v>1695</v>
       </c>
       <c r="C847" s="1">
         <v>96.79</v>
       </c>
       <c r="D847" s="2">
-        <v>41</v>
+        <v>39</v>
       </c>
     </row>
     <row r="848" spans="1:26">
       <c r="A848" t="s">
         <v>1696</v>
       </c>
       <c r="B848" t="s">
         <v>1697</v>
       </c>
       <c r="C848" s="1">
         <v>66.43</v>
       </c>
       <c r="D848" s="2"/>
     </row>
     <row r="849" spans="1:26">
       <c r="A849" t="s">
         <v>1698</v>
       </c>
       <c r="B849" t="s">
         <v>1699</v>
       </c>
       <c r="C849" s="1">
         <v>96.79</v>
       </c>
       <c r="D849" s="2">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="850" spans="1:26">
       <c r="A850" t="s">
         <v>1700</v>
       </c>
       <c r="B850" t="s">
         <v>1701</v>
       </c>
       <c r="C850" s="1">
         <v>66.43</v>
       </c>
-      <c r="D850" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D850" s="2"/>
     </row>
     <row r="851" spans="1:26">
       <c r="A851" t="s">
         <v>1702</v>
       </c>
       <c r="B851" t="s">
         <v>1703</v>
       </c>
       <c r="C851" s="1">
         <v>77.43</v>
       </c>
-      <c r="D851" s="2"/>
+      <c r="D851" s="2">
+        <v>11</v>
+      </c>
     </row>
     <row r="852" spans="1:26">
       <c r="A852" t="s">
         <v>1704</v>
       </c>
       <c r="B852" t="s">
         <v>1705</v>
       </c>
       <c r="C852" s="1">
         <v>120.03</v>
       </c>
       <c r="D852" s="2">
-        <v>10</v>
+        <v>2</v>
       </c>
     </row>
     <row r="853" spans="1:26">
       <c r="A853" t="s">
         <v>1706</v>
       </c>
       <c r="B853" t="s">
         <v>1707</v>
       </c>
       <c r="C853" s="1">
         <v>143.48</v>
       </c>
-      <c r="D853" s="2"/>
+      <c r="D853" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="854" spans="1:26">
       <c r="A854" t="s">
         <v>1708</v>
       </c>
       <c r="B854" t="s">
         <v>1709</v>
       </c>
       <c r="C854" s="1">
         <v>143.48</v>
       </c>
-      <c r="D854" s="2"/>
+      <c r="D854" s="2">
+        <v>8</v>
+      </c>
     </row>
     <row r="855" spans="1:26">
       <c r="A855" t="s">
         <v>1710</v>
       </c>
       <c r="B855" t="s">
         <v>1711</v>
       </c>
       <c r="C855" s="1">
         <v>143.48</v>
       </c>
       <c r="D855" s="2">
-        <v>15</v>
+        <v>11</v>
       </c>
     </row>
     <row r="856" spans="1:26">
       <c r="A856" t="s">
         <v>1712</v>
       </c>
       <c r="B856" t="s">
         <v>1713</v>
       </c>
       <c r="C856" s="1">
         <v>170.25</v>
       </c>
       <c r="D856" s="2">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="857" spans="1:26">
       <c r="A857" t="s">
         <v>1714</v>
       </c>
       <c r="B857" t="s">
         <v>1715</v>
       </c>
       <c r="C857" s="1">
         <v>217.45</v>
       </c>
       <c r="D857" s="2">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="858" spans="1:26">
       <c r="A858" t="s">
         <v>1716</v>
       </c>
       <c r="B858" t="s">
         <v>1717</v>
       </c>
       <c r="C858" s="1">
         <v>217.45</v>
       </c>
       <c r="D858" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="859" spans="1:26">
       <c r="A859" t="s">
         <v>1718</v>
       </c>
       <c r="B859" t="s">
         <v>1719</v>
       </c>
       <c r="C859" s="1">
         <v>217.45</v>
       </c>
       <c r="D859" s="2">
         <v>9</v>
       </c>
     </row>
     <row r="860" spans="1:26">
       <c r="A860" t="s">
         <v>1720</v>
       </c>
       <c r="B860" t="s">
         <v>1721</v>
       </c>
       <c r="C860" s="1">
         <v>68.11</v>
       </c>
       <c r="D860" s="2">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="861" spans="1:26">
       <c r="A861" t="s">
         <v>1722</v>
       </c>
       <c r="B861" t="s">
         <v>1723</v>
       </c>
       <c r="C861" s="1">
         <v>95.02</v>
       </c>
-      <c r="D861" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D861" s="2"/>
     </row>
     <row r="862" spans="1:26">
       <c r="A862" t="s">
         <v>1724</v>
       </c>
       <c r="B862" t="s">
         <v>1725</v>
       </c>
       <c r="C862" s="1">
         <v>95.02</v>
       </c>
       <c r="D862" s="2">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="863" spans="1:26">
       <c r="A863" t="s">
         <v>1726</v>
       </c>
       <c r="B863" t="s">
         <v>1727</v>
       </c>
       <c r="C863" s="1">
         <v>95.02</v>
       </c>
-      <c r="D863" s="2"/>
+      <c r="D863" s="2">
+        <v>3</v>
+      </c>
     </row>
     <row r="864" spans="1:26">
       <c r="A864" t="s">
         <v>1728</v>
       </c>
       <c r="B864" t="s">
         <v>1729</v>
       </c>
       <c r="C864" s="1">
         <v>106.03</v>
       </c>
       <c r="D864" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="865" spans="1:26">
       <c r="A865" t="s">
         <v>1730</v>
       </c>
       <c r="B865" t="s">
         <v>1731</v>
       </c>
       <c r="C865" s="1">
         <v>120.8</v>
       </c>
       <c r="D865" s="2">
         <v>26</v>
       </c>
     </row>
     <row r="866" spans="1:26">
       <c r="A866" t="s">
         <v>1732</v>
       </c>
       <c r="B866" t="s">
         <v>1733</v>
       </c>
       <c r="C866" s="1">
         <v>120.8</v>
       </c>
       <c r="D866" s="2">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="867" spans="1:26">
       <c r="A867" t="s">
         <v>1734</v>
       </c>
       <c r="B867" t="s">
         <v>1735</v>
       </c>
       <c r="C867" s="1">
         <v>120.8</v>
       </c>
       <c r="D867" s="2">
         <v>16</v>
       </c>
     </row>
     <row r="868" spans="1:26">
       <c r="A868" t="s">
         <v>1736</v>
       </c>
       <c r="B868" t="s">
         <v>1737</v>
       </c>
       <c r="C868" s="1">
         <v>158.68</v>
       </c>
       <c r="D868" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="869" spans="1:26">
       <c r="A869" t="s">
         <v>1738</v>
       </c>
       <c r="B869" t="s">
         <v>1739</v>
       </c>
       <c r="C869" s="1">
         <v>199.54</v>
       </c>
       <c r="D869" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="870" spans="1:26">
       <c r="A870" t="s">
         <v>1740</v>
       </c>
       <c r="B870" t="s">
         <v>1741</v>
       </c>
       <c r="C870" s="1">
         <v>199.54</v>
       </c>
       <c r="D870" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="871" spans="1:26">
       <c r="A871" t="s">
         <v>1742</v>
       </c>
       <c r="B871" t="s">
         <v>1743</v>
       </c>
       <c r="C871" s="1">
         <v>199.54</v>
       </c>
       <c r="D871" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="872" spans="1:26">
       <c r="A872" t="s">
         <v>1744</v>
       </c>
       <c r="B872" t="s">
         <v>1745</v>
       </c>
       <c r="C872" s="1">
         <v>155.83</v>
       </c>
       <c r="D872" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="873" spans="1:26">
       <c r="A873" t="s">
         <v>1746</v>
       </c>
       <c r="B873" t="s">
         <v>1747</v>
       </c>
       <c r="C873" s="1">
         <v>168.98</v>
       </c>
-      <c r="D873" s="2"/>
+      <c r="D873" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="874" spans="1:26">
       <c r="A874" t="s">
         <v>1748</v>
       </c>
       <c r="B874" t="s">
         <v>1749</v>
       </c>
       <c r="C874" s="1">
         <v>168.98</v>
       </c>
       <c r="D874" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="875" spans="1:26">
       <c r="A875" t="s">
         <v>1750</v>
       </c>
       <c r="B875" t="s">
         <v>1751</v>
       </c>
       <c r="C875" s="1">
         <v>168.98</v>
       </c>
       <c r="D875" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="876" spans="1:26">
       <c r="A876" t="s">
         <v>1752</v>
       </c>
       <c r="B876" t="s">
         <v>1753</v>
       </c>
       <c r="C876" s="1">
         <v>99.13</v>
       </c>
       <c r="D876" s="2"/>
     </row>
     <row r="877" spans="1:26">
       <c r="A877" t="s">
         <v>1754</v>
       </c>
       <c r="B877" t="s">
         <v>1755</v>
       </c>
       <c r="C877" s="1">
         <v>79.28</v>
       </c>
-      <c r="D877" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D877" s="2"/>
     </row>
     <row r="878" spans="1:26">
       <c r="A878" t="s">
         <v>1756</v>
       </c>
       <c r="B878" t="s">
         <v>1757</v>
       </c>
       <c r="C878" s="1">
         <v>72.46</v>
       </c>
-      <c r="D878" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D878" s="2"/>
     </row>
     <row r="879" spans="1:26">
       <c r="A879" t="s">
         <v>1758</v>
       </c>
       <c r="B879" t="s">
         <v>1759</v>
       </c>
       <c r="C879" s="1">
         <v>72.46</v>
       </c>
-      <c r="D879" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D879" s="2"/>
     </row>
     <row r="880" spans="1:26">
       <c r="A880" t="s">
         <v>1760</v>
       </c>
       <c r="B880" t="s">
         <v>1761</v>
       </c>
       <c r="C880" s="1">
         <v>72.46</v>
       </c>
-      <c r="D880" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D880" s="2"/>
     </row>
     <row r="881" spans="1:26">
       <c r="A881" t="s">
         <v>1762</v>
       </c>
       <c r="B881" t="s">
         <v>1763</v>
       </c>
       <c r="C881" s="1">
         <v>66.08</v>
       </c>
       <c r="D881" s="2">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="882" spans="1:26">
       <c r="A882" t="s">
         <v>1764</v>
       </c>
       <c r="B882" t="s">
         <v>1765</v>
       </c>
       <c r="C882" s="1">
         <v>113.07</v>
       </c>
       <c r="D882" s="2">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="883" spans="1:26">
       <c r="A883" t="s">
         <v>1766</v>
       </c>
       <c r="B883" t="s">
         <v>1767</v>
       </c>
       <c r="C883" s="1">
         <v>113.07</v>
       </c>
       <c r="D883" s="2">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="884" spans="1:26">
       <c r="A884" t="s">
         <v>1768</v>
       </c>
       <c r="B884" t="s">
         <v>1769</v>
       </c>
       <c r="C884" s="1">
         <v>113.07</v>
       </c>
       <c r="D884" s="2">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="885" spans="1:26">
       <c r="A885" t="s">
         <v>1770</v>
       </c>
       <c r="B885" t="s">
         <v>1771</v>
       </c>
       <c r="C885" s="1">
         <v>23.28</v>
       </c>
       <c r="D885" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="886" spans="1:26">
       <c r="A886" t="s">
         <v>1772</v>
       </c>
       <c r="B886" t="s">
         <v>1773</v>
       </c>
       <c r="C886" s="1">
         <v>7.75</v>
       </c>
       <c r="D886" s="2">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="887" spans="1:26">
       <c r="A887" t="s">
         <v>1774</v>
       </c>
       <c r="B887" t="s">
         <v>1775</v>
       </c>
       <c r="C887" s="1">
         <v>10.74</v>
       </c>
       <c r="D887" s="2">
-        <v>18</v>
+        <v>13</v>
       </c>
     </row>
     <row r="888" spans="1:26">
       <c r="A888" t="s">
         <v>1776</v>
       </c>
       <c r="B888" t="s">
         <v>1777</v>
       </c>
       <c r="C888" s="1">
         <v>61.87</v>
       </c>
       <c r="D888" s="2">
-        <v>12</v>
+        <v>2</v>
       </c>
     </row>
     <row r="889" spans="1:26">
       <c r="A889" t="s">
         <v>1778</v>
       </c>
       <c r="B889" t="s">
         <v>1779</v>
       </c>
       <c r="C889" s="1">
         <v>72.8</v>
       </c>
       <c r="D889" s="2"/>
     </row>
     <row r="890" spans="1:26">
       <c r="A890" t="s">
         <v>1780</v>
       </c>
       <c r="B890" t="s">
         <v>1781</v>
       </c>
       <c r="C890" s="1">
         <v>224.05</v>
       </c>
       <c r="D890" s="2"/>
@@ -16957,195 +16971,189 @@
       </c>
       <c r="D892" s="2"/>
     </row>
     <row r="893" spans="1:26">
       <c r="A893" t="s">
         <v>1786</v>
       </c>
       <c r="B893" t="s">
         <v>1787</v>
       </c>
       <c r="C893" s="1">
         <v>290.97</v>
       </c>
       <c r="D893" s="2"/>
     </row>
     <row r="894" spans="1:26">
       <c r="A894" t="s">
         <v>1788</v>
       </c>
       <c r="B894" t="s">
         <v>1789</v>
       </c>
       <c r="C894" s="1">
         <v>130.8</v>
       </c>
-      <c r="D894" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D894" s="2"/>
     </row>
     <row r="895" spans="1:26">
       <c r="A895" t="s">
         <v>1790</v>
       </c>
       <c r="B895" t="s">
         <v>1791</v>
       </c>
       <c r="C895" s="1">
         <v>358.5</v>
       </c>
       <c r="D895" s="2"/>
     </row>
     <row r="896" spans="1:26">
       <c r="A896" t="s">
         <v>1792</v>
       </c>
       <c r="B896" t="s">
         <v>1793</v>
       </c>
       <c r="C896" s="1">
         <v>545.04</v>
       </c>
       <c r="D896" s="2"/>
     </row>
     <row r="897" spans="1:26">
       <c r="A897" t="s">
         <v>1794</v>
       </c>
       <c r="B897" t="s">
         <v>1795</v>
       </c>
       <c r="C897" s="1">
         <v>212.53</v>
       </c>
       <c r="D897" s="2"/>
     </row>
     <row r="898" spans="1:26">
       <c r="A898" t="s">
         <v>1796</v>
       </c>
       <c r="B898" t="s">
         <v>1797</v>
       </c>
       <c r="C898" s="1">
         <v>297.58</v>
       </c>
-      <c r="D898" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D898" s="2"/>
     </row>
     <row r="899" spans="1:26">
       <c r="A899" t="s">
         <v>1798</v>
       </c>
       <c r="B899" t="s">
         <v>1799</v>
       </c>
       <c r="C899" s="1">
         <v>64.09</v>
       </c>
       <c r="D899" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="900" spans="1:26">
       <c r="A900" t="s">
         <v>1800</v>
       </c>
       <c r="B900" t="s">
         <v>1801</v>
       </c>
       <c r="C900" s="1">
         <v>161.52</v>
       </c>
       <c r="D900" s="2"/>
     </row>
     <row r="901" spans="1:26">
       <c r="A901" t="s">
         <v>1802</v>
       </c>
       <c r="B901" t="s">
         <v>1803</v>
       </c>
       <c r="C901" s="1">
         <v>288.69</v>
       </c>
       <c r="D901" s="2"/>
     </row>
     <row r="902" spans="1:26">
       <c r="A902" t="s">
         <v>1804</v>
       </c>
       <c r="B902" t="s">
         <v>1805</v>
       </c>
       <c r="C902" s="1">
         <v>267.49</v>
       </c>
       <c r="D902" s="2">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="903" spans="1:26">
       <c r="A903" t="s">
         <v>1806</v>
       </c>
       <c r="B903" t="s">
         <v>1807</v>
       </c>
       <c r="C903" s="1">
         <v>30.88</v>
       </c>
       <c r="D903" s="2">
         <v>9</v>
       </c>
     </row>
     <row r="904" spans="1:26">
       <c r="A904" t="s">
         <v>1808</v>
       </c>
       <c r="B904" t="s">
         <v>1809</v>
       </c>
       <c r="C904" s="1">
         <v>584.4</v>
       </c>
       <c r="D904" s="2"/>
     </row>
     <row r="905" spans="1:26">
       <c r="A905" t="s">
         <v>1810</v>
       </c>
       <c r="B905" t="s">
         <v>1811</v>
       </c>
       <c r="C905" s="1">
         <v>545.25</v>
       </c>
-      <c r="D905" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D905" s="2"/>
     </row>
     <row r="906" spans="1:26">
       <c r="A906" t="s">
         <v>1812</v>
       </c>
       <c r="B906" t="s">
         <v>1813</v>
       </c>
       <c r="C906" s="1">
         <v>296.14</v>
       </c>
       <c r="D906" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="907" spans="1:26">
       <c r="A907" t="s">
         <v>1814</v>
       </c>
       <c r="B907" t="s">
         <v>1815</v>
       </c>
       <c r="C907" s="1">
         <v>252</v>
       </c>
@@ -17229,79 +17237,77 @@
       </c>
       <c r="D913" s="2"/>
     </row>
     <row r="914" spans="1:26">
       <c r="A914" t="s">
         <v>1828</v>
       </c>
       <c r="B914" t="s">
         <v>1829</v>
       </c>
       <c r="C914" s="1">
         <v>135.87</v>
       </c>
       <c r="D914" s="2"/>
     </row>
     <row r="915" spans="1:26">
       <c r="A915" t="s">
         <v>1830</v>
       </c>
       <c r="B915" t="s">
         <v>1831</v>
       </c>
       <c r="C915" s="1">
         <v>212.01</v>
       </c>
-      <c r="D915" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D915" s="2"/>
     </row>
     <row r="916" spans="1:26">
       <c r="A916" t="s">
         <v>1832</v>
       </c>
       <c r="B916" t="s">
         <v>1833</v>
       </c>
       <c r="C916" s="1">
         <v>228.9</v>
       </c>
-      <c r="D916" s="2"/>
+      <c r="D916" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="917" spans="1:26">
       <c r="A917" t="s">
         <v>1834</v>
       </c>
       <c r="B917" t="s">
         <v>1835</v>
       </c>
       <c r="C917" s="1">
         <v>616.66</v>
       </c>
-      <c r="D917" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D917" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">