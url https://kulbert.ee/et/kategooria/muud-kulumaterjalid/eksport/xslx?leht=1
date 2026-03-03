--- v0 (2025-12-23)
+++ v1 (2026-03-03)
@@ -783,90 +783,88 @@
       <c r="C4" s="1"/>
       <c r="D4" s="2"/>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1">
         <v>544.8</v>
       </c>
       <c r="D5" s="2"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="1">
         <v>29.04</v>
       </c>
-      <c r="D6" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D6" s="2"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="1">
         <v>739.3</v>
       </c>
       <c r="D7" s="2"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="1">
         <v>668.88</v>
       </c>
       <c r="D8" s="2"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1">
         <v>209.77</v>
       </c>
       <c r="D9" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="1">
         <v>137.11</v>
       </c>
       <c r="D10" s="2"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="1">
         <v>280.8</v>
       </c>
       <c r="D11" s="2"/>
@@ -1063,53 +1061,51 @@
       </c>
       <c r="D27" s="2"/>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" t="s">
         <v>56</v>
       </c>
       <c r="B28" t="s">
         <v>57</v>
       </c>
       <c r="C28" s="1">
         <v>216</v>
       </c>
       <c r="D28" s="2"/>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" t="s">
         <v>58</v>
       </c>
       <c r="B29" t="s">
         <v>59</v>
       </c>
       <c r="C29" s="1">
         <v>130.8</v>
       </c>
-      <c r="D29" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D29" s="2"/>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" t="s">
         <v>60</v>
       </c>
       <c r="B30" t="s">
         <v>61</v>
       </c>
       <c r="C30" s="1">
         <v>358.5</v>
       </c>
       <c r="D30" s="2"/>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" t="s">
         <v>62</v>
       </c>
       <c r="B31" t="s">
         <v>63</v>
       </c>
       <c r="C31" s="1">
         <v>545.04</v>
       </c>
       <c r="D31" s="2"/>
     </row>
@@ -1140,64 +1136,66 @@
     <row r="34" spans="1:26">
       <c r="A34" t="s">
         <v>68</v>
       </c>
       <c r="B34" t="s">
         <v>69</v>
       </c>
       <c r="C34" s="1">
         <v>64.09</v>
       </c>
       <c r="D34" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" t="s">
         <v>70</v>
       </c>
       <c r="B35" t="s">
         <v>71</v>
       </c>
       <c r="C35" s="1">
         <v>161.52</v>
       </c>
       <c r="D35" s="2">
-        <v>1</v>
+        <v>60</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" t="s">
         <v>72</v>
       </c>
       <c r="B36" t="s">
         <v>73</v>
       </c>
       <c r="C36" s="1">
         <v>288.69</v>
       </c>
-      <c r="D36" s="2"/>
+      <c r="D36" s="2">
+        <v>5</v>
+      </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" t="s">
         <v>74</v>
       </c>
       <c r="B37" t="s">
         <v>75</v>
       </c>
       <c r="C37" s="1">
         <v>267.49</v>
       </c>
       <c r="D37" s="2">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" t="s">
         <v>76</v>
       </c>
       <c r="B38" t="s">
         <v>77</v>
       </c>
       <c r="C38" s="1">
         <v>30.88</v>
       </c>
@@ -1219,53 +1217,51 @@
     </row>
     <row r="40" spans="1:26">
       <c r="A40" t="s">
         <v>80</v>
       </c>
       <c r="B40" t="s">
         <v>81</v>
       </c>
       <c r="C40" s="1">
         <v>545.25</v>
       </c>
       <c r="D40" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" t="s">
         <v>82</v>
       </c>
       <c r="B41" t="s">
         <v>83</v>
       </c>
       <c r="C41" s="1">
         <v>296.14</v>
       </c>
-      <c r="D41" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D41" s="2"/>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" t="s">
         <v>84</v>
       </c>
       <c r="B42" t="s">
         <v>85</v>
       </c>
       <c r="C42" s="1">
         <v>252</v>
       </c>
       <c r="D42" s="2"/>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" t="s">
         <v>86</v>
       </c>
       <c r="B43" t="s">
         <v>87</v>
       </c>
       <c r="C43" s="1">
         <v>137.1</v>
       </c>
       <c r="D43" s="2">
         <v>1</v>
@@ -1362,51 +1358,51 @@
     <row r="51" spans="1:26">
       <c r="A51" t="s">
         <v>102</v>
       </c>
       <c r="B51" t="s">
         <v>103</v>
       </c>
       <c r="C51" s="1">
         <v>228.9</v>
       </c>
       <c r="D51" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" t="s">
         <v>104</v>
       </c>
       <c r="B52" t="s">
         <v>105</v>
       </c>
       <c r="C52" s="1">
         <v>616.66</v>
       </c>
       <c r="D52" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>