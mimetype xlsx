--- v0 (2025-10-15)
+++ v1 (2025-12-02)
@@ -41,51 +41,51 @@
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>870LD00132</t>
   </si>
   <si>
     <t>Aluskapp CB-365W-B Low Black Cabinet Kyocera - M3145,M3645,M3655</t>
   </si>
   <si>
     <t>870LD00081</t>
   </si>
   <si>
     <t>Aluskapp CB-473 (metall)</t>
   </si>
   <si>
     <t>1203V43NL0</t>
   </si>
   <si>
-    <t>Paberisahtel PF-7140 (2 x 500 lehte) ratastel - TASKAlfa 2554ci</t>
+    <t>Paberisahtel PF-7140 (2 x 500 lehte) ratastel - TASKAlfa 2554ci ,3554ci, 4054ci, 7054ci</t>
   </si>
   <si>
     <t>870LD00130</t>
   </si>
   <si>
     <t>Aluskapp CB-360W-B</t>
   </si>
   <si>
     <t>PF100</t>
   </si>
   <si>
     <t>Paberikassett PF-100 (250 lehte) - Kyocera FS-1120D/1300D/1320D/1370D</t>
   </si>
   <si>
     <t>PF110</t>
   </si>
   <si>
     <t>Paberisöötja PF-110 (500 lehte, 60 - 105g/m²) - FS-C1020MFP</t>
   </si>
   <si>
     <t>PF120</t>
   </si>
   <si>
     <t>Paberikassett PF-120 (250 lehte) - Kyocera FS-1035/1135</t>
   </si>
@@ -615,53 +615,51 @@
       </c>
       <c r="D2" s="2"/>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1">
         <v>133.95</v>
       </c>
       <c r="D3" s="2"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
         <v>695.53</v>
       </c>
-      <c r="D4" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D4" s="2"/>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1">
         <v>165.6</v>
       </c>
       <c r="D5" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="1">
         <v>145.2</v>
       </c>
@@ -694,51 +692,51 @@
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1">
         <v>457.5</v>
       </c>
       <c r="D9" s="2">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="1">
         <v>602.4</v>
       </c>
       <c r="D10" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="1">
         <v>181.2</v>
       </c>
       <c r="D11" s="2"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
         <v>24</v>
       </c>
       <c r="B12" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="1">
         <v>256.8</v>
       </c>
       <c r="D12" s="2"/>
@@ -904,51 +902,51 @@
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" t="s">
         <v>52</v>
       </c>
       <c r="B26" t="s">
         <v>53</v>
       </c>
       <c r="C26" s="1">
         <v>118.8</v>
       </c>
       <c r="D26" s="2"/>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" t="s">
         <v>54</v>
       </c>
       <c r="B27" t="s">
         <v>55</v>
       </c>
       <c r="C27" s="1">
         <v>129.22</v>
       </c>
       <c r="D27" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>