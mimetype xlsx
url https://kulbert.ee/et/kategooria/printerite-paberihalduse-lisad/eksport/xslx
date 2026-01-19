--- v1 (2025-12-02)
+++ v2 (2026-01-19)
@@ -615,51 +615,53 @@
       </c>
       <c r="D2" s="2"/>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1">
         <v>133.95</v>
       </c>
       <c r="D3" s="2"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
         <v>695.53</v>
       </c>
-      <c r="D4" s="2"/>
+      <c r="D4" s="2">
+        <v>8</v>
+      </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1">
         <v>165.6</v>
       </c>
       <c r="D5" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="1">
         <v>145.2</v>
       </c>
@@ -691,53 +693,51 @@
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1">
         <v>457.5</v>
       </c>
       <c r="D9" s="2">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="1">
         <v>602.4</v>
       </c>
-      <c r="D10" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D10" s="2"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="1">
         <v>181.2</v>
       </c>
       <c r="D11" s="2"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
         <v>24</v>
       </c>
       <c r="B12" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="1">
         <v>256.8</v>
       </c>
       <c r="D12" s="2"/>
     </row>
@@ -838,51 +838,51 @@
       <c r="D20" s="2"/>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" t="s">
         <v>42</v>
       </c>
       <c r="B21" t="s">
         <v>43</v>
       </c>
       <c r="C21" s="1">
         <v>103.82</v>
       </c>
       <c r="D21" s="2"/>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" t="s">
         <v>44</v>
       </c>
       <c r="B22" t="s">
         <v>45</v>
       </c>
       <c r="C22" s="1">
         <v>209.1</v>
       </c>
       <c r="D22" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" t="s">
         <v>46</v>
       </c>
       <c r="B23" t="s">
         <v>47</v>
       </c>
       <c r="C23" s="1">
         <v>285.42</v>
       </c>
       <c r="D23" s="2"/>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" t="s">
         <v>48</v>
       </c>
       <c r="B24" t="s">
         <v>49</v>
       </c>
       <c r="C24" s="1">
         <v>137.37</v>
       </c>
       <c r="D24" s="2"/>
@@ -902,51 +902,51 @@
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" t="s">
         <v>52</v>
       </c>
       <c r="B26" t="s">
         <v>53</v>
       </c>
       <c r="C26" s="1">
         <v>118.8</v>
       </c>
       <c r="D26" s="2"/>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" t="s">
         <v>54</v>
       </c>
       <c r="B27" t="s">
         <v>55</v>
       </c>
       <c r="C27" s="1">
         <v>129.22</v>
       </c>
       <c r="D27" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>