--- v2 (2026-01-19)
+++ v3 (2026-03-12)
@@ -616,51 +616,51 @@
       <c r="D2" s="2"/>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1">
         <v>133.95</v>
       </c>
       <c r="D3" s="2"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
         <v>695.53</v>
       </c>
       <c r="D4" s="2">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1">
         <v>165.6</v>
       </c>
       <c r="D5" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="1">
         <v>145.2</v>
@@ -837,53 +837,51 @@
       </c>
       <c r="D20" s="2"/>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" t="s">
         <v>42</v>
       </c>
       <c r="B21" t="s">
         <v>43</v>
       </c>
       <c r="C21" s="1">
         <v>103.82</v>
       </c>
       <c r="D21" s="2"/>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" t="s">
         <v>44</v>
       </c>
       <c r="B22" t="s">
         <v>45</v>
       </c>
       <c r="C22" s="1">
         <v>209.1</v>
       </c>
-      <c r="D22" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D22" s="2"/>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" t="s">
         <v>46</v>
       </c>
       <c r="B23" t="s">
         <v>47</v>
       </c>
       <c r="C23" s="1">
         <v>285.42</v>
       </c>
       <c r="D23" s="2"/>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" t="s">
         <v>48</v>
       </c>
       <c r="B24" t="s">
         <v>49</v>
       </c>
       <c r="C24" s="1">
         <v>137.37</v>
       </c>
       <c r="D24" s="2"/>
     </row>
@@ -902,51 +900,51 @@
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" t="s">
         <v>52</v>
       </c>
       <c r="B26" t="s">
         <v>53</v>
       </c>
       <c r="C26" s="1">
         <v>118.8</v>
       </c>
       <c r="D26" s="2"/>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" t="s">
         <v>54</v>
       </c>
       <c r="B27" t="s">
         <v>55</v>
       </c>
       <c r="C27" s="1">
         <v>129.22</v>
       </c>
       <c r="D27" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>