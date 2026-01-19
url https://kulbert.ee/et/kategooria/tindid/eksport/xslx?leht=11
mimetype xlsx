--- v0 (2025-12-02)
+++ v1 (2026-01-19)
@@ -3474,51 +3474,51 @@
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1">
         <v>38.05</v>
       </c>
       <c r="D2" s="2">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1">
         <v>31.5</v>
       </c>
       <c r="D3" s="2">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
         <v>130</v>
       </c>
       <c r="D4" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1">
         <v>335.8</v>
@@ -3609,150 +3609,148 @@
       </c>
       <c r="D12" s="2"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
         <v>26</v>
       </c>
       <c r="B13" t="s">
         <v>27</v>
       </c>
       <c r="C13" s="1">
         <v>218.9</v>
       </c>
       <c r="D13" s="2"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="1">
         <v>86.25</v>
       </c>
-      <c r="D14" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D14" s="2"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
         <v>30</v>
       </c>
       <c r="B15" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="1">
         <v>111.25</v>
       </c>
       <c r="D15" s="2">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="1">
         <v>111.25</v>
       </c>
       <c r="D16" s="2">
-        <v>7</v>
+        <v>3</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" t="s">
         <v>34</v>
       </c>
       <c r="B17" t="s">
         <v>35</v>
       </c>
       <c r="C17" s="1">
         <v>111.25</v>
       </c>
       <c r="D17" s="2">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" t="s">
         <v>36</v>
       </c>
       <c r="B18" t="s">
         <v>37</v>
       </c>
       <c r="C18" s="1">
         <v>58.75</v>
       </c>
       <c r="D18" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" t="s">
         <v>38</v>
       </c>
       <c r="B19" t="s">
         <v>39</v>
       </c>
       <c r="C19" s="1">
         <v>47.5</v>
       </c>
       <c r="D19" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" t="s">
         <v>40</v>
       </c>
       <c r="B20" t="s">
         <v>41</v>
       </c>
       <c r="C20" s="1">
         <v>47.5</v>
       </c>
       <c r="D20" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" t="s">
         <v>42</v>
       </c>
       <c r="B21" t="s">
         <v>43</v>
       </c>
       <c r="C21" s="1">
         <v>47.5</v>
       </c>
       <c r="D21" s="2">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" t="s">
         <v>44</v>
       </c>
       <c r="B22" t="s">
         <v>45</v>
       </c>
       <c r="C22" s="1">
         <v>22.5</v>
       </c>
       <c r="D22" s="2">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" t="s">
         <v>46</v>
       </c>
       <c r="B23" t="s">
         <v>47</v>
       </c>
       <c r="C23" s="1">
         <v>450</v>
@@ -4060,197 +4058,199 @@
     <row r="46" spans="1:26">
       <c r="A46" t="s">
         <v>92</v>
       </c>
       <c r="B46" t="s">
         <v>93</v>
       </c>
       <c r="C46" s="1">
         <v>29.81</v>
       </c>
       <c r="D46" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" t="s">
         <v>94</v>
       </c>
       <c r="B47" t="s">
         <v>95</v>
       </c>
       <c r="C47" s="1">
         <v>18.27</v>
       </c>
       <c r="D47" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" t="s">
         <v>96</v>
       </c>
       <c r="B48" t="s">
         <v>97</v>
       </c>
       <c r="C48" s="1">
         <v>18.27</v>
       </c>
       <c r="D48" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" t="s">
         <v>98</v>
       </c>
       <c r="B49" t="s">
         <v>99</v>
       </c>
       <c r="C49" s="1">
         <v>18.27</v>
       </c>
-      <c r="D49" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D49" s="2"/>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" t="s">
         <v>100</v>
       </c>
       <c r="B50" t="s">
         <v>101</v>
       </c>
       <c r="C50" s="1">
         <v>18.27</v>
       </c>
-      <c r="D50" s="2"/>
+      <c r="D50" s="2">
+        <v>3</v>
+      </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" t="s">
         <v>102</v>
       </c>
       <c r="B51" t="s">
         <v>103</v>
       </c>
       <c r="C51" s="1">
         <v>18.27</v>
       </c>
-      <c r="D51" s="2"/>
+      <c r="D51" s="2">
+        <v>3</v>
+      </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" t="s">
         <v>104</v>
       </c>
       <c r="B52" t="s">
         <v>105</v>
       </c>
       <c r="C52" s="1">
         <v>18.27</v>
       </c>
-      <c r="D52" s="2"/>
+      <c r="D52" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" t="s">
         <v>106</v>
       </c>
       <c r="B53" t="s">
         <v>107</v>
       </c>
       <c r="C53" s="1">
         <v>20.62</v>
       </c>
       <c r="D53" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" t="s">
         <v>108</v>
       </c>
       <c r="B54" t="s">
         <v>109</v>
       </c>
       <c r="C54" s="1">
         <v>102.93</v>
       </c>
       <c r="D54" s="2"/>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" t="s">
         <v>110</v>
       </c>
       <c r="B55" t="s">
         <v>111</v>
       </c>
       <c r="C55" s="1">
         <v>50</v>
       </c>
       <c r="D55" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" t="s">
         <v>112</v>
       </c>
       <c r="B56" t="s">
         <v>113</v>
       </c>
       <c r="C56" s="1">
         <v>37.5</v>
       </c>
       <c r="D56" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" t="s">
         <v>114</v>
       </c>
       <c r="B57" t="s">
         <v>115</v>
       </c>
       <c r="C57" s="1">
         <v>37.5</v>
       </c>
-      <c r="D57" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D57" s="2"/>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" t="s">
         <v>116</v>
       </c>
       <c r="B58" t="s">
         <v>117</v>
       </c>
       <c r="C58" s="1">
         <v>37.5</v>
       </c>
       <c r="D58" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" t="s">
         <v>118</v>
       </c>
       <c r="B59" t="s">
         <v>119</v>
       </c>
       <c r="C59" s="1"/>
       <c r="D59" s="2"/>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" t="s">
         <v>120</v>
       </c>
       <c r="B60" t="s">
         <v>121</v>
       </c>
       <c r="C60" s="1"/>
       <c r="D60" s="2"/>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" t="s">
         <v>122</v>
@@ -4440,51 +4440,51 @@
       </c>
       <c r="C76" s="1"/>
       <c r="D76" s="2"/>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" t="s">
         <v>154</v>
       </c>
       <c r="B77" t="s">
         <v>155</v>
       </c>
       <c r="C77" s="1"/>
       <c r="D77" s="2"/>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" t="s">
         <v>156</v>
       </c>
       <c r="B78" t="s">
         <v>157</v>
       </c>
       <c r="C78" s="1">
         <v>16.5</v>
       </c>
       <c r="D78" s="2">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" t="s">
         <v>158</v>
       </c>
       <c r="B79" t="s">
         <v>159</v>
       </c>
       <c r="C79" s="1"/>
       <c r="D79" s="2"/>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" t="s">
         <v>160</v>
       </c>
       <c r="B80" t="s">
         <v>161</v>
       </c>
       <c r="C80" s="1">
         <v>31.9</v>
       </c>
       <c r="D80" s="2">
         <v>1</v>
       </c>
@@ -4956,79 +4956,79 @@
     <row r="117" spans="1:26">
       <c r="A117" t="s">
         <v>234</v>
       </c>
       <c r="B117" t="s">
         <v>235</v>
       </c>
       <c r="C117" s="1">
         <v>24.2</v>
       </c>
       <c r="D117" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:26">
       <c r="A118" t="s">
         <v>236</v>
       </c>
       <c r="B118" t="s">
         <v>237</v>
       </c>
       <c r="C118" s="1">
         <v>27.28</v>
       </c>
       <c r="D118" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="119" spans="1:26">
       <c r="A119" t="s">
         <v>238</v>
       </c>
       <c r="B119" t="s">
         <v>239</v>
       </c>
       <c r="C119" s="1">
         <v>27.28</v>
       </c>
       <c r="D119" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="120" spans="1:26">
       <c r="A120" t="s">
         <v>240</v>
       </c>
       <c r="B120" t="s">
         <v>241</v>
       </c>
       <c r="C120" s="1">
         <v>27.28</v>
       </c>
       <c r="D120" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="121" spans="1:26">
       <c r="A121" t="s">
         <v>242</v>
       </c>
       <c r="B121" t="s">
         <v>243</v>
       </c>
       <c r="C121" s="1">
         <v>27.28</v>
       </c>
       <c r="D121" s="2"/>
     </row>
     <row r="122" spans="1:26">
       <c r="A122" t="s">
         <v>244</v>
       </c>
       <c r="B122" t="s">
         <v>245</v>
       </c>
       <c r="C122" s="1"/>
       <c r="D122" s="2"/>
     </row>
     <row r="123" spans="1:26">
@@ -5178,79 +5178,79 @@
       <c r="D135" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:26">
       <c r="A136" t="s">
         <v>272</v>
       </c>
       <c r="B136" t="s">
         <v>273</v>
       </c>
       <c r="C136" s="1"/>
       <c r="D136" s="2"/>
     </row>
     <row r="137" spans="1:26">
       <c r="A137" t="s">
         <v>274</v>
       </c>
       <c r="B137" t="s">
         <v>275</v>
       </c>
       <c r="C137" s="1">
         <v>87.5</v>
       </c>
       <c r="D137" s="2">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="138" spans="1:26">
       <c r="A138" t="s">
         <v>276</v>
       </c>
       <c r="B138" t="s">
         <v>277</v>
       </c>
       <c r="C138" s="1">
         <v>101.25</v>
       </c>
       <c r="D138" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="139" spans="1:26">
       <c r="A139" t="s">
         <v>278</v>
       </c>
       <c r="B139" t="s">
         <v>279</v>
       </c>
       <c r="C139" s="1">
         <v>101.25</v>
       </c>
       <c r="D139" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="140" spans="1:26">
       <c r="A140" t="s">
         <v>280</v>
       </c>
       <c r="B140" t="s">
         <v>281</v>
       </c>
       <c r="C140" s="1">
         <v>101.25</v>
       </c>
       <c r="D140" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="141" spans="1:26">
       <c r="A141" t="s">
         <v>282</v>
       </c>
       <c r="B141" t="s">
         <v>283</v>
       </c>
       <c r="C141" s="1"/>
       <c r="D141" s="2"/>
@@ -5343,81 +5343,77 @@
       </c>
       <c r="D148" s="2"/>
     </row>
     <row r="149" spans="1:26">
       <c r="A149" t="s">
         <v>298</v>
       </c>
       <c r="B149" t="s">
         <v>299</v>
       </c>
       <c r="C149" s="1">
         <v>54.57</v>
       </c>
       <c r="D149" s="2"/>
     </row>
     <row r="150" spans="1:26">
       <c r="A150" t="s">
         <v>300</v>
       </c>
       <c r="B150" t="s">
         <v>301</v>
       </c>
       <c r="C150" s="1">
         <v>54.57</v>
       </c>
-      <c r="D150" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D150" s="2"/>
     </row>
     <row r="151" spans="1:26">
       <c r="A151" t="s">
         <v>302</v>
       </c>
       <c r="B151" t="s">
         <v>303</v>
       </c>
       <c r="C151" s="1">
         <v>54.57</v>
       </c>
       <c r="D151" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="152" spans="1:26">
       <c r="A152" t="s">
         <v>304</v>
       </c>
       <c r="B152" t="s">
         <v>305</v>
       </c>
       <c r="C152" s="1">
         <v>54.57</v>
       </c>
-      <c r="D152" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D152" s="2"/>
     </row>
     <row r="153" spans="1:26">
       <c r="A153" t="s">
         <v>306</v>
       </c>
       <c r="B153" t="s">
         <v>307</v>
       </c>
       <c r="C153" s="1">
         <v>55.55</v>
       </c>
       <c r="D153" s="2"/>
     </row>
     <row r="154" spans="1:26">
       <c r="A154" t="s">
         <v>308</v>
       </c>
       <c r="B154" t="s">
         <v>309</v>
       </c>
       <c r="C154" s="1">
         <v>54.57</v>
       </c>
       <c r="D154" s="2">
         <v>1</v>
@@ -5548,51 +5544,51 @@
       <c r="D163" s="2"/>
     </row>
     <row r="164" spans="1:26">
       <c r="A164" t="s">
         <v>328</v>
       </c>
       <c r="B164" t="s">
         <v>329</v>
       </c>
       <c r="C164" s="1">
         <v>89.38</v>
       </c>
       <c r="D164" s="2"/>
     </row>
     <row r="165" spans="1:26">
       <c r="A165" t="s">
         <v>330</v>
       </c>
       <c r="B165" t="s">
         <v>331</v>
       </c>
       <c r="C165" s="1">
         <v>45</v>
       </c>
       <c r="D165" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:26">
       <c r="A166" t="s">
         <v>332</v>
       </c>
       <c r="B166" t="s">
         <v>333</v>
       </c>
       <c r="C166" s="1"/>
       <c r="D166" s="2"/>
     </row>
     <row r="167" spans="1:26">
       <c r="A167" t="s">
         <v>334</v>
       </c>
       <c r="B167" t="s">
         <v>335</v>
       </c>
       <c r="C167" s="1">
         <v>266.95</v>
       </c>
       <c r="D167" s="2">
         <v>1</v>
       </c>
@@ -5691,195 +5687,183 @@
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:26">
       <c r="A175" t="s">
         <v>350</v>
       </c>
       <c r="B175" t="s">
         <v>351</v>
       </c>
       <c r="C175" s="1">
         <v>258.5</v>
       </c>
       <c r="D175" s="2"/>
     </row>
     <row r="176" spans="1:26">
       <c r="A176" t="s">
         <v>352</v>
       </c>
       <c r="B176" t="s">
         <v>353</v>
       </c>
       <c r="C176" s="1">
         <v>143</v>
       </c>
-      <c r="D176" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D176" s="2"/>
     </row>
     <row r="177" spans="1:26">
       <c r="A177" t="s">
         <v>354</v>
       </c>
       <c r="B177" t="s">
         <v>355</v>
       </c>
       <c r="C177" s="1">
         <v>143</v>
       </c>
       <c r="D177" s="2"/>
     </row>
     <row r="178" spans="1:26">
       <c r="A178" t="s">
         <v>356</v>
       </c>
       <c r="B178" t="s">
         <v>357</v>
       </c>
       <c r="C178" s="1">
         <v>143</v>
       </c>
-      <c r="D178" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D178" s="2"/>
     </row>
     <row r="179" spans="1:26">
       <c r="A179" t="s">
         <v>358</v>
       </c>
       <c r="B179" t="s">
         <v>359</v>
       </c>
       <c r="C179" s="1">
         <v>143</v>
       </c>
-      <c r="D179" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D179" s="2"/>
     </row>
     <row r="180" spans="1:26">
       <c r="A180" t="s">
         <v>360</v>
       </c>
       <c r="B180" t="s">
         <v>361</v>
       </c>
       <c r="C180" s="1">
         <v>143</v>
       </c>
       <c r="D180" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="181" spans="1:26">
       <c r="A181" t="s">
         <v>362</v>
       </c>
       <c r="B181" t="s">
         <v>363</v>
       </c>
       <c r="C181" s="1">
-        <v>143</v>
-[...3 lines deleted...]
-      </c>
+        <v>209</v>
+      </c>
+      <c r="D181" s="2"/>
     </row>
     <row r="182" spans="1:26">
       <c r="A182" t="s">
         <v>364</v>
       </c>
       <c r="B182" t="s">
         <v>365</v>
       </c>
       <c r="C182" s="1">
         <v>143</v>
       </c>
       <c r="D182" s="2"/>
     </row>
     <row r="183" spans="1:26">
       <c r="A183" t="s">
         <v>366</v>
       </c>
       <c r="B183" t="s">
         <v>367</v>
       </c>
       <c r="C183" s="1">
         <v>143</v>
       </c>
-      <c r="D183" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D183" s="2"/>
     </row>
     <row r="184" spans="1:26">
       <c r="A184" t="s">
         <v>368</v>
       </c>
       <c r="B184" t="s">
         <v>369</v>
       </c>
       <c r="C184" s="1">
         <v>143</v>
       </c>
       <c r="D184" s="2"/>
     </row>
     <row r="185" spans="1:26">
       <c r="A185" t="s">
         <v>370</v>
       </c>
       <c r="B185" t="s">
         <v>371</v>
       </c>
       <c r="C185" s="1">
         <v>269.5</v>
       </c>
       <c r="D185" s="2"/>
     </row>
     <row r="186" spans="1:26">
       <c r="A186" t="s">
         <v>372</v>
       </c>
       <c r="B186" t="s">
         <v>373</v>
       </c>
       <c r="C186" s="1"/>
       <c r="D186" s="2"/>
     </row>
     <row r="187" spans="1:26">
       <c r="A187" t="s">
         <v>374</v>
       </c>
       <c r="B187" t="s">
         <v>375</v>
       </c>
       <c r="C187" s="1">
         <v>50</v>
       </c>
-      <c r="D187" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D187" s="2"/>
     </row>
     <row r="188" spans="1:26">
       <c r="A188" t="s">
         <v>376</v>
       </c>
       <c r="B188" t="s">
         <v>377</v>
       </c>
       <c r="C188" s="1"/>
       <c r="D188" s="2"/>
     </row>
     <row r="189" spans="1:26">
       <c r="A189" t="s">
         <v>378</v>
       </c>
       <c r="B189" t="s">
         <v>379</v>
       </c>
       <c r="C189" s="1">
         <v>104.3</v>
       </c>
       <c r="D189" s="2"/>
     </row>
     <row r="190" spans="1:26">
       <c r="A190" t="s">
@@ -6041,228 +6025,224 @@
     </row>
     <row r="202" spans="1:26">
       <c r="A202" t="s">
         <v>404</v>
       </c>
       <c r="B202" t="s">
         <v>405</v>
       </c>
       <c r="C202" s="1">
         <v>14.71</v>
       </c>
       <c r="D202" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="203" spans="1:26">
       <c r="A203" t="s">
         <v>406</v>
       </c>
       <c r="B203" t="s">
         <v>407</v>
       </c>
       <c r="C203" s="1">
         <v>51.87</v>
       </c>
-      <c r="D203" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D203" s="2"/>
     </row>
     <row r="204" spans="1:26">
       <c r="A204" t="s">
         <v>408</v>
       </c>
       <c r="B204" t="s">
         <v>409</v>
       </c>
       <c r="C204" s="1">
         <v>45</v>
       </c>
-      <c r="D204" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D204" s="2"/>
     </row>
     <row r="205" spans="1:26">
       <c r="A205" t="s">
         <v>410</v>
       </c>
       <c r="B205" t="s">
         <v>411</v>
       </c>
       <c r="C205" s="1">
         <v>45</v>
       </c>
-      <c r="D205" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D205" s="2"/>
     </row>
     <row r="206" spans="1:26">
       <c r="A206" t="s">
         <v>412</v>
       </c>
       <c r="B206" t="s">
         <v>413</v>
       </c>
       <c r="C206" s="1"/>
       <c r="D206" s="2"/>
     </row>
     <row r="207" spans="1:26">
       <c r="A207" t="s">
         <v>414</v>
       </c>
       <c r="B207" t="s">
         <v>415</v>
       </c>
       <c r="C207" s="1">
         <v>10</v>
       </c>
       <c r="D207" s="2">
-        <v>2</v>
+        <v>12</v>
       </c>
     </row>
     <row r="208" spans="1:26">
       <c r="A208" t="s">
         <v>416</v>
       </c>
       <c r="B208" t="s">
         <v>417</v>
       </c>
       <c r="C208" s="1">
         <v>8.12</v>
       </c>
       <c r="D208" s="2">
-        <v>7</v>
+        <v>2</v>
       </c>
     </row>
     <row r="209" spans="1:26">
       <c r="A209" t="s">
         <v>418</v>
       </c>
       <c r="B209" t="s">
         <v>419</v>
       </c>
       <c r="C209" s="1">
         <v>8.12</v>
       </c>
       <c r="D209" s="2">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="210" spans="1:26">
       <c r="A210" t="s">
         <v>420</v>
       </c>
       <c r="B210" t="s">
         <v>421</v>
       </c>
       <c r="C210" s="1">
         <v>8.12</v>
       </c>
       <c r="D210" s="2">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="211" spans="1:26">
       <c r="A211" t="s">
         <v>422</v>
       </c>
       <c r="B211" t="s">
         <v>423</v>
       </c>
       <c r="C211" s="1">
         <v>10.62</v>
       </c>
       <c r="D211" s="2">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="212" spans="1:26">
       <c r="A212" t="s">
         <v>424</v>
       </c>
       <c r="B212" t="s">
         <v>425</v>
       </c>
       <c r="C212" s="1">
         <v>10.62</v>
       </c>
       <c r="D212" s="2">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="213" spans="1:26">
       <c r="A213" t="s">
         <v>426</v>
       </c>
       <c r="B213" t="s">
         <v>427</v>
       </c>
       <c r="C213" s="1">
         <v>10.62</v>
       </c>
       <c r="D213" s="2">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="214" spans="1:26">
       <c r="A214" t="s">
         <v>428</v>
       </c>
       <c r="B214" t="s">
         <v>429</v>
       </c>
       <c r="C214" s="1">
         <v>10.62</v>
       </c>
-      <c r="D214" s="2"/>
+      <c r="D214" s="2">
+        <v>12</v>
+      </c>
     </row>
     <row r="215" spans="1:26">
       <c r="A215" t="s">
         <v>430</v>
       </c>
       <c r="B215" t="s">
         <v>431</v>
       </c>
       <c r="C215" s="1">
         <v>10.62</v>
       </c>
       <c r="D215" s="2">
-        <v>3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="216" spans="1:26">
       <c r="A216" t="s">
         <v>432</v>
       </c>
       <c r="B216" t="s">
         <v>433</v>
       </c>
       <c r="C216" s="1">
         <v>10.62</v>
       </c>
       <c r="D216" s="2">
-        <v>2</v>
+        <v>10</v>
       </c>
     </row>
     <row r="217" spans="1:26">
       <c r="A217" t="s">
         <v>434</v>
       </c>
       <c r="B217" t="s">
         <v>435</v>
       </c>
       <c r="C217" s="1">
         <v>143</v>
       </c>
       <c r="D217" s="2"/>
     </row>
     <row r="218" spans="1:26">
       <c r="A218" t="s">
         <v>436</v>
       </c>
       <c r="B218" t="s">
         <v>437</v>
       </c>
       <c r="C218" s="1">
         <v>143</v>
       </c>
       <c r="D218" s="2"/>
@@ -6955,106 +6935,104 @@
     </row>
     <row r="277" spans="1:26">
       <c r="A277" t="s">
         <v>554</v>
       </c>
       <c r="B277" t="s">
         <v>555</v>
       </c>
       <c r="C277" s="1">
         <v>298.57</v>
       </c>
       <c r="D277" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="278" spans="1:26">
       <c r="A278" t="s">
         <v>556</v>
       </c>
       <c r="B278" t="s">
         <v>557</v>
       </c>
       <c r="C278" s="1">
         <v>172.15</v>
       </c>
-      <c r="D278" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D278" s="2"/>
     </row>
     <row r="279" spans="1:26">
       <c r="A279" t="s">
         <v>558</v>
       </c>
       <c r="B279" t="s">
         <v>559</v>
       </c>
       <c r="C279" s="1">
         <v>171.99</v>
       </c>
       <c r="D279" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:26">
       <c r="A280" t="s">
         <v>560</v>
       </c>
       <c r="B280" t="s">
         <v>561</v>
       </c>
       <c r="C280" s="1">
         <v>172.15</v>
       </c>
       <c r="D280" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:26">
       <c r="A281" t="s">
         <v>562</v>
       </c>
       <c r="B281" t="s">
         <v>563</v>
       </c>
       <c r="C281" s="1">
         <v>171.99</v>
       </c>
       <c r="D281" s="2"/>
     </row>
     <row r="282" spans="1:26">
       <c r="A282" t="s">
         <v>564</v>
       </c>
       <c r="B282" t="s">
         <v>565</v>
       </c>
       <c r="C282" s="1">
         <v>171.99</v>
       </c>
       <c r="D282" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="283" spans="1:26">
       <c r="A283" t="s">
         <v>566</v>
       </c>
       <c r="B283" t="s">
         <v>567</v>
       </c>
       <c r="C283" s="1">
         <v>171.99</v>
       </c>
       <c r="D283" s="2"/>
     </row>
     <row r="284" spans="1:26">
       <c r="A284" t="s">
         <v>568</v>
       </c>
       <c r="B284" t="s">
         <v>569</v>
       </c>
       <c r="C284" s="1">
         <v>171.99</v>
       </c>
       <c r="D284" s="2"/>
@@ -7211,53 +7189,51 @@
       </c>
       <c r="D296" s="2"/>
     </row>
     <row r="297" spans="1:26">
       <c r="A297" t="s">
         <v>594</v>
       </c>
       <c r="B297" t="s">
         <v>595</v>
       </c>
       <c r="C297" s="1">
         <v>16.08</v>
       </c>
       <c r="D297" s="2"/>
     </row>
     <row r="298" spans="1:26">
       <c r="A298" t="s">
         <v>596</v>
       </c>
       <c r="B298" t="s">
         <v>597</v>
       </c>
       <c r="C298" s="1">
         <v>57.29</v>
       </c>
-      <c r="D298" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D298" s="2"/>
     </row>
     <row r="299" spans="1:26">
       <c r="A299" t="s">
         <v>598</v>
       </c>
       <c r="B299" t="s">
         <v>599</v>
       </c>
       <c r="C299" s="1">
         <v>57.29</v>
       </c>
       <c r="D299" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="300" spans="1:26">
       <c r="A300" t="s">
         <v>600</v>
       </c>
       <c r="B300" t="s">
         <v>601</v>
       </c>
       <c r="C300" s="1">
         <v>57.29</v>
       </c>
@@ -8226,121 +8202,121 @@
       </c>
       <c r="C378" s="1"/>
       <c r="D378" s="2"/>
     </row>
     <row r="379" spans="1:26">
       <c r="A379" t="s">
         <v>758</v>
       </c>
       <c r="B379" t="s">
         <v>759</v>
       </c>
       <c r="C379" s="1"/>
       <c r="D379" s="2"/>
     </row>
     <row r="380" spans="1:26">
       <c r="A380" t="s">
         <v>760</v>
       </c>
       <c r="B380" t="s">
         <v>761</v>
       </c>
       <c r="C380" s="1">
         <v>24.15</v>
       </c>
       <c r="D380" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="381" spans="1:26">
       <c r="A381" t="s">
         <v>762</v>
       </c>
       <c r="B381" t="s">
         <v>763</v>
       </c>
       <c r="C381" s="1">
         <v>18.73</v>
       </c>
       <c r="D381" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="382" spans="1:26">
       <c r="A382" t="s">
         <v>764</v>
       </c>
       <c r="B382" t="s">
         <v>765</v>
       </c>
       <c r="C382" s="1">
         <v>35</v>
       </c>
       <c r="D382" s="2">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="383" spans="1:26">
       <c r="A383" t="s">
         <v>766</v>
       </c>
       <c r="B383" t="s">
         <v>767</v>
       </c>
       <c r="C383" s="1">
         <v>35</v>
       </c>
       <c r="D383" s="2">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="384" spans="1:26">
       <c r="A384" t="s">
         <v>768</v>
       </c>
       <c r="B384" t="s">
         <v>769</v>
       </c>
       <c r="C384" s="1">
         <v>35</v>
       </c>
       <c r="D384" s="2">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="385" spans="1:26">
       <c r="A385" t="s">
         <v>770</v>
       </c>
       <c r="B385" t="s">
         <v>771</v>
       </c>
       <c r="C385" s="1">
         <v>57.5</v>
       </c>
       <c r="D385" s="2">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="386" spans="1:26">
       <c r="A386" t="s">
         <v>772</v>
       </c>
       <c r="B386" t="s">
         <v>773</v>
       </c>
       <c r="C386" s="1">
         <v>7.18</v>
       </c>
       <c r="D386" s="2"/>
     </row>
     <row r="387" spans="1:26">
       <c r="A387" t="s">
         <v>774</v>
       </c>
       <c r="B387" t="s">
         <v>775</v>
       </c>
       <c r="C387" s="1">
         <v>17.37</v>
       </c>
       <c r="D387" s="2"/>
@@ -9214,149 +9190,149 @@
       </c>
     </row>
     <row r="457" spans="1:26">
       <c r="A457" t="s">
         <v>914</v>
       </c>
       <c r="B457" t="s">
         <v>915</v>
       </c>
       <c r="C457" s="1">
         <v>19.51</v>
       </c>
       <c r="D457" s="2"/>
     </row>
     <row r="458" spans="1:26">
       <c r="A458" t="s">
         <v>916</v>
       </c>
       <c r="B458" t="s">
         <v>917</v>
       </c>
       <c r="C458" s="1">
         <v>104.6</v>
       </c>
       <c r="D458" s="2">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="459" spans="1:26">
       <c r="A459" t="s">
         <v>918</v>
       </c>
       <c r="B459" t="s">
         <v>919</v>
       </c>
       <c r="C459" s="1">
         <v>202.95</v>
       </c>
       <c r="D459" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="460" spans="1:26">
       <c r="A460" t="s">
         <v>920</v>
       </c>
       <c r="B460" t="s">
         <v>921</v>
       </c>
       <c r="C460" s="1">
         <v>202.95</v>
       </c>
       <c r="D460" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="461" spans="1:26">
       <c r="A461" t="s">
         <v>922</v>
       </c>
       <c r="B461" t="s">
         <v>923</v>
       </c>
       <c r="C461" s="1">
         <v>202.95</v>
       </c>
       <c r="D461" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="462" spans="1:26">
       <c r="A462" t="s">
         <v>924</v>
       </c>
       <c r="B462" t="s">
         <v>925</v>
       </c>
       <c r="C462" s="1">
         <v>18.38</v>
       </c>
       <c r="D462" s="2">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="463" spans="1:26">
       <c r="A463" t="s">
         <v>926</v>
       </c>
       <c r="B463" t="s">
         <v>927</v>
       </c>
       <c r="C463" s="1">
         <v>16.13</v>
       </c>
       <c r="D463" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="464" spans="1:26">
       <c r="A464" t="s">
         <v>928</v>
       </c>
       <c r="B464" t="s">
         <v>929</v>
       </c>
       <c r="C464" s="1">
         <v>16.13</v>
       </c>
       <c r="D464" s="2">
         <v>5</v>
       </c>
     </row>
     <row r="465" spans="1:26">
       <c r="A465" t="s">
         <v>930</v>
       </c>
       <c r="B465" t="s">
         <v>931</v>
       </c>
       <c r="C465" s="1">
         <v>16.13</v>
       </c>
       <c r="D465" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="466" spans="1:26">
       <c r="A466" t="s">
         <v>932</v>
       </c>
       <c r="B466" t="s">
         <v>933</v>
       </c>
       <c r="C466" s="1">
         <v>15.61</v>
       </c>
       <c r="D466" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="467" spans="1:26">
       <c r="A467" t="s">
         <v>934</v>
       </c>
       <c r="B467" t="s">
         <v>935</v>
       </c>
       <c r="C467" s="1">
         <v>15.61</v>
@@ -9572,79 +9548,79 @@
       <c r="D484" s="2"/>
     </row>
     <row r="485" spans="1:26">
       <c r="A485" t="s">
         <v>970</v>
       </c>
       <c r="B485" t="s">
         <v>971</v>
       </c>
       <c r="C485" s="1">
         <v>19.51</v>
       </c>
       <c r="D485" s="2"/>
     </row>
     <row r="486" spans="1:26">
       <c r="A486" t="s">
         <v>972</v>
       </c>
       <c r="B486" t="s">
         <v>973</v>
       </c>
       <c r="C486" s="1">
         <v>8.25</v>
       </c>
       <c r="D486" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="487" spans="1:26">
       <c r="A487" t="s">
         <v>974</v>
       </c>
       <c r="B487" t="s">
         <v>975</v>
       </c>
       <c r="C487" s="1">
         <v>8.25</v>
       </c>
       <c r="D487" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="488" spans="1:26">
       <c r="A488" t="s">
         <v>976</v>
       </c>
       <c r="B488" t="s">
         <v>977</v>
       </c>
       <c r="C488" s="1">
         <v>8.25</v>
       </c>
       <c r="D488" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="489" spans="1:26">
       <c r="A489" t="s">
         <v>978</v>
       </c>
       <c r="B489" t="s">
         <v>979</v>
       </c>
       <c r="C489" s="1">
         <v>22.5</v>
       </c>
       <c r="D489" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="490" spans="1:26">
       <c r="A490" t="s">
         <v>980</v>
       </c>
       <c r="B490" t="s">
         <v>981</v>
       </c>
       <c r="C490" s="1">
         <v>20.61</v>
@@ -9692,51 +9668,51 @@
       <c r="D493" s="2"/>
     </row>
     <row r="494" spans="1:26">
       <c r="A494" t="s">
         <v>988</v>
       </c>
       <c r="B494" t="s">
         <v>989</v>
       </c>
       <c r="C494" s="1">
         <v>11.25</v>
       </c>
       <c r="D494" s="2"/>
     </row>
     <row r="495" spans="1:26">
       <c r="A495" t="s">
         <v>990</v>
       </c>
       <c r="B495" t="s">
         <v>991</v>
       </c>
       <c r="C495" s="1">
         <v>15.58</v>
       </c>
       <c r="D495" s="2">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="496" spans="1:26">
       <c r="A496" t="s">
         <v>992</v>
       </c>
       <c r="B496" t="s">
         <v>993</v>
       </c>
       <c r="C496" s="1">
         <v>15.43</v>
       </c>
       <c r="D496" s="2">
         <v>5</v>
       </c>
     </row>
     <row r="497" spans="1:26">
       <c r="A497" t="s">
         <v>994</v>
       </c>
       <c r="B497" t="s">
         <v>995</v>
       </c>
       <c r="C497" s="1">
         <v>20.81</v>
@@ -9790,93 +9766,93 @@
     <row r="501" spans="1:26">
       <c r="A501" t="s">
         <v>1002</v>
       </c>
       <c r="B501" t="s">
         <v>1003</v>
       </c>
       <c r="C501" s="1">
         <v>14.05</v>
       </c>
       <c r="D501" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="502" spans="1:26">
       <c r="A502" t="s">
         <v>1004</v>
       </c>
       <c r="B502" t="s">
         <v>1005</v>
       </c>
       <c r="C502" s="1">
         <v>8.37</v>
       </c>
       <c r="D502" s="2">
-        <v>17</v>
+        <v>90</v>
       </c>
     </row>
     <row r="503" spans="1:26">
       <c r="A503" t="s">
         <v>1006</v>
       </c>
       <c r="B503" t="s">
         <v>1007</v>
       </c>
       <c r="C503" s="1">
         <v>8.12</v>
       </c>
       <c r="D503" s="2">
-        <v>27</v>
+        <v>91</v>
       </c>
     </row>
     <row r="504" spans="1:26">
       <c r="A504" t="s">
         <v>1008</v>
       </c>
       <c r="B504" t="s">
         <v>1009</v>
       </c>
       <c r="C504" s="1">
         <v>8.12</v>
       </c>
       <c r="D504" s="2">
-        <v>22</v>
+        <v>85</v>
       </c>
     </row>
     <row r="505" spans="1:26">
       <c r="A505" t="s">
         <v>1010</v>
       </c>
       <c r="B505" t="s">
         <v>1011</v>
       </c>
       <c r="C505" s="1">
         <v>8.12</v>
       </c>
       <c r="D505" s="2">
-        <v>17</v>
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>