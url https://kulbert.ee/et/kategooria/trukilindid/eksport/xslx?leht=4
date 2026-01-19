--- v0 (2025-10-24)
+++ v1 (2026-01-19)
@@ -1637,89 +1637,89 @@
       </c>
       <c r="B56" t="s">
         <v>113</v>
       </c>
       <c r="C56" s="1"/>
       <c r="D56" s="2"/>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" t="s">
         <v>114</v>
       </c>
       <c r="B57" t="s">
         <v>115</v>
       </c>
       <c r="C57" s="1"/>
       <c r="D57" s="2"/>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" t="s">
         <v>116</v>
       </c>
       <c r="B58" t="s">
         <v>117</v>
       </c>
       <c r="C58" s="1">
-        <v>12.36</v>
+        <v>14.46</v>
       </c>
       <c r="D58" s="2">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" t="s">
         <v>118</v>
       </c>
       <c r="B59" t="s">
         <v>119</v>
       </c>
       <c r="C59" s="1">
         <v>10.89</v>
       </c>
       <c r="D59" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" t="s">
         <v>120</v>
       </c>
       <c r="B60" t="s">
         <v>121</v>
       </c>
       <c r="C60" s="1"/>
       <c r="D60" s="2"/>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" t="s">
         <v>122</v>
       </c>
       <c r="B61" t="s">
         <v>123</v>
       </c>
       <c r="C61" s="1">
-        <v>15.62</v>
+        <v>16.09</v>
       </c>
       <c r="D61" s="2">
         <v>7</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" t="s">
         <v>124</v>
       </c>
       <c r="B62" t="s">
         <v>125</v>
       </c>
       <c r="C62" s="1">
         <v>13.08</v>
       </c>
       <c r="D62" s="2"/>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" t="s">
         <v>126</v>
       </c>
       <c r="B63" t="s">
         <v>127</v>
       </c>
       <c r="C63" s="1"/>
@@ -1914,51 +1914,51 @@
         <v>5.11</v>
       </c>
       <c r="D81" s="2"/>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" t="s">
         <v>164</v>
       </c>
       <c r="B82" t="s">
         <v>165</v>
       </c>
       <c r="C82" s="1"/>
       <c r="D82" s="2"/>
     </row>
     <row r="83" spans="1:26">
       <c r="A83" t="s">
         <v>166</v>
       </c>
       <c r="B83" t="s">
         <v>167</v>
       </c>
       <c r="C83" s="1">
         <v>3.83</v>
       </c>
       <c r="D83" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:26">
       <c r="A84" t="s">
         <v>168</v>
       </c>
       <c r="B84" t="s">
         <v>169</v>
       </c>
       <c r="C84" s="1"/>
       <c r="D84" s="2"/>
     </row>
     <row r="85" spans="1:26">
       <c r="A85" t="s">
         <v>170</v>
       </c>
       <c r="B85" t="s">
         <v>171</v>
       </c>
       <c r="C85" s="1">
         <v>2.7</v>
       </c>
       <c r="D85" s="2"/>
     </row>
     <row r="86" spans="1:26">
@@ -1987,54 +1987,54 @@
       </c>
       <c r="B88" t="s">
         <v>177</v>
       </c>
       <c r="C88" s="1"/>
       <c r="D88" s="2"/>
     </row>
     <row r="89" spans="1:26">
       <c r="A89" t="s">
         <v>178</v>
       </c>
       <c r="B89" t="s">
         <v>179</v>
       </c>
       <c r="C89" s="1"/>
       <c r="D89" s="2"/>
     </row>
     <row r="90" spans="1:26">
       <c r="A90" t="s">
         <v>180</v>
       </c>
       <c r="B90" t="s">
         <v>181</v>
       </c>
       <c r="C90" s="1">
-        <v>3.6</v>
+        <v>9</v>
       </c>
       <c r="D90" s="2">
-        <v>36</v>
+        <v>34</v>
       </c>
     </row>
     <row r="91" spans="1:26">
       <c r="A91" t="s">
         <v>182</v>
       </c>
       <c r="B91" t="s">
         <v>183</v>
       </c>
       <c r="C91" s="1">
         <v>7.62</v>
       </c>
       <c r="D91" s="2"/>
     </row>
     <row r="92" spans="1:26">
       <c r="A92" t="s">
         <v>184</v>
       </c>
       <c r="B92" t="s">
         <v>185</v>
       </c>
       <c r="C92" s="1"/>
       <c r="D92" s="2"/>
     </row>
     <row r="93" spans="1:26">
@@ -2057,78 +2057,78 @@
       <c r="C94" s="1">
         <v>13.47</v>
       </c>
       <c r="D94" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="95" spans="1:26">
       <c r="A95" t="s">
         <v>190</v>
       </c>
       <c r="B95" t="s">
         <v>191</v>
       </c>
       <c r="C95" s="1"/>
       <c r="D95" s="2"/>
     </row>
     <row r="96" spans="1:26">
       <c r="A96" t="s">
         <v>192</v>
       </c>
       <c r="B96" t="s">
         <v>193</v>
       </c>
       <c r="C96" s="1">
-        <v>26</v>
+        <v>28.56</v>
       </c>
       <c r="D96" s="2"/>
     </row>
     <row r="97" spans="1:26">
       <c r="A97" t="s">
         <v>194</v>
       </c>
       <c r="B97" t="s">
         <v>195</v>
       </c>
       <c r="C97" s="1">
         <v>7.2</v>
       </c>
       <c r="D97" s="2"/>
     </row>
     <row r="98" spans="1:26">
       <c r="A98" t="s">
         <v>196</v>
       </c>
       <c r="B98" t="s">
         <v>197</v>
       </c>
       <c r="C98" s="1">
         <v>6.13</v>
       </c>
       <c r="D98" s="2">
-        <v>34</v>
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>