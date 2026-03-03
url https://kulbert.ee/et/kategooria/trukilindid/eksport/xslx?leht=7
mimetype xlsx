--- v1 (2025-12-02)
+++ v2 (2026-03-03)
@@ -1678,51 +1678,51 @@
       <c r="D59" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" t="s">
         <v>120</v>
       </c>
       <c r="B60" t="s">
         <v>121</v>
       </c>
       <c r="C60" s="1"/>
       <c r="D60" s="2"/>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" t="s">
         <v>122</v>
       </c>
       <c r="B61" t="s">
         <v>123</v>
       </c>
       <c r="C61" s="1">
         <v>16.09</v>
       </c>
       <c r="D61" s="2">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" t="s">
         <v>124</v>
       </c>
       <c r="B62" t="s">
         <v>125</v>
       </c>
       <c r="C62" s="1">
         <v>13.08</v>
       </c>
       <c r="D62" s="2"/>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" t="s">
         <v>126</v>
       </c>
       <c r="B63" t="s">
         <v>127</v>
       </c>
       <c r="C63" s="1"/>
       <c r="D63" s="2"/>
     </row>
     <row r="64" spans="1:26">
@@ -1891,51 +1891,53 @@
       </c>
       <c r="D79" s="2"/>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" t="s">
         <v>160</v>
       </c>
       <c r="B80" t="s">
         <v>161</v>
       </c>
       <c r="C80" s="1">
         <v>5.11</v>
       </c>
       <c r="D80" s="2"/>
     </row>
     <row r="81" spans="1:26">
       <c r="A81" t="s">
         <v>162</v>
       </c>
       <c r="B81" t="s">
         <v>163</v>
       </c>
       <c r="C81" s="1">
         <v>5.11</v>
       </c>
-      <c r="D81" s="2"/>
+      <c r="D81" s="2">
+        <v>19</v>
+      </c>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" t="s">
         <v>164</v>
       </c>
       <c r="B82" t="s">
         <v>165</v>
       </c>
       <c r="C82" s="1"/>
       <c r="D82" s="2"/>
     </row>
     <row r="83" spans="1:26">
       <c r="A83" t="s">
         <v>166</v>
       </c>
       <c r="B83" t="s">
         <v>167</v>
       </c>
       <c r="C83" s="1">
         <v>3.83</v>
       </c>
       <c r="D83" s="2">
         <v>1</v>
       </c>
     </row>
@@ -1987,54 +1989,54 @@
       </c>
       <c r="B88" t="s">
         <v>177</v>
       </c>
       <c r="C88" s="1"/>
       <c r="D88" s="2"/>
     </row>
     <row r="89" spans="1:26">
       <c r="A89" t="s">
         <v>178</v>
       </c>
       <c r="B89" t="s">
         <v>179</v>
       </c>
       <c r="C89" s="1"/>
       <c r="D89" s="2"/>
     </row>
     <row r="90" spans="1:26">
       <c r="A90" t="s">
         <v>180</v>
       </c>
       <c r="B90" t="s">
         <v>181</v>
       </c>
       <c r="C90" s="1">
-        <v>3.6</v>
+        <v>9</v>
       </c>
       <c r="D90" s="2">
-        <v>36</v>
+        <v>32</v>
       </c>
     </row>
     <row r="91" spans="1:26">
       <c r="A91" t="s">
         <v>182</v>
       </c>
       <c r="B91" t="s">
         <v>183</v>
       </c>
       <c r="C91" s="1">
         <v>7.62</v>
       </c>
       <c r="D91" s="2"/>
     </row>
     <row r="92" spans="1:26">
       <c r="A92" t="s">
         <v>184</v>
       </c>
       <c r="B92" t="s">
         <v>185</v>
       </c>
       <c r="C92" s="1"/>
       <c r="D92" s="2"/>
     </row>
     <row r="93" spans="1:26">
@@ -2057,51 +2059,51 @@
       <c r="C94" s="1">
         <v>13.47</v>
       </c>
       <c r="D94" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="95" spans="1:26">
       <c r="A95" t="s">
         <v>190</v>
       </c>
       <c r="B95" t="s">
         <v>191</v>
       </c>
       <c r="C95" s="1"/>
       <c r="D95" s="2"/>
     </row>
     <row r="96" spans="1:26">
       <c r="A96" t="s">
         <v>192</v>
       </c>
       <c r="B96" t="s">
         <v>193</v>
       </c>
       <c r="C96" s="1">
-        <v>26</v>
+        <v>28.56</v>
       </c>
       <c r="D96" s="2"/>
     </row>
     <row r="97" spans="1:26">
       <c r="A97" t="s">
         <v>194</v>
       </c>
       <c r="B97" t="s">
         <v>195</v>
       </c>
       <c r="C97" s="1">
         <v>7.2</v>
       </c>
       <c r="D97" s="2"/>
     </row>
     <row r="98" spans="1:26">
       <c r="A98" t="s">
         <v>196</v>
       </c>
       <c r="B98" t="s">
         <v>197</v>
       </c>
       <c r="C98" s="1">
         <v>6.13</v>
       </c>