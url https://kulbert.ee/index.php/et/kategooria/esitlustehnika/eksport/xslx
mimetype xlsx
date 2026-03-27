--- v0 (2025-12-11)
+++ v1 (2026-03-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="247">
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>V11HB26140</t>
   </si>
   <si>
     <t>Projektor Epson EB-L795SE laser lähikuvaobjektiiviga 4K emulatsiooniga (WUXGA, 1920x1200, 7000ANSI, HDMI, LAN, HDBase-T, WiFi)</t>
   </si>
   <si>
     <t>V11HB54040</t>
   </si>
   <si>
     <t>Projektor Epson EB-FH08 (3LCD, FULL HD, 1920x1080, 3600ANSI, 16000:1, VGA, HDMI, USB)</t>
   </si>
   <si>
@@ -77,170 +77,158 @@
   <si>
     <t>Projektor Epson EB-W49 (3LCD, WXGA, 1280x800, 3800ANSI, 15000:1, VGA, HDMI, WIFI)</t>
   </si>
   <si>
     <t>V11HA72180</t>
   </si>
   <si>
     <t>Projektor Epson EB-L265F laser must (FULLHD, 1920x1080, 4600ANSI, 2.5milj.:1, VGA, HDMI, USB, LAN, WIFI, Miracast )</t>
   </si>
   <si>
     <t>V11HB28040</t>
   </si>
   <si>
     <t>Projektor Epson EB-L790U laser (WUXGA, 1920x1200, 7300ANSI, HDMI, LAN, HDBase-T, WiFi)</t>
   </si>
   <si>
     <t>V11HA99080</t>
   </si>
   <si>
     <t>Projektor Epson ultralähikuva EB-810E Super UST 4KE laserekraan</t>
   </si>
   <si>
     <t>V11HA73040</t>
   </si>
   <si>
-    <t>Epson EH-TW6250  4K -&gt; 3840 x 2160 (3 x 1920 x 1080), 2800 ANSI, 35 000:1, HDMI, Wifi, bluetooth, Android</t>
+    <t>Projektor Epson EH-TW6250  4K -&gt; 3840 x 2160 (3 x 1920 x 1080), 2800 ANSI, 35 000:1, HDMI, Wifi, bluetooth, Android</t>
   </si>
   <si>
     <t>V11H959040</t>
   </si>
   <si>
     <t>Projektor Epson kodukino EH-TW7100 4K PRO-UHD tehnoloogia, kontrast suhe 100 000:1</t>
   </si>
   <si>
     <t>V11HA75080</t>
   </si>
   <si>
     <t>Projektor Epson lähikuva laser EB-L210SF Full HD ,4000 ANSI, garantii 60 kuud</t>
   </si>
   <si>
     <t>V11HA84040</t>
   </si>
   <si>
     <t>Projektor Epson kodukino CO-FH01 Full HD (1920x1080) 3000 ANSI lumens White</t>
   </si>
   <si>
     <t>V11HA86040</t>
   </si>
   <si>
     <t>Projektor Epson kodukino CO-W01 Full HD (1920x1080) 3000 ANSI lumens White</t>
   </si>
   <si>
     <t>V11HB58040</t>
   </si>
   <si>
     <t>Projektor Epson kodukino EB-W55 + WIFI  (3LCD, WXGA, 1280x800, 4000ANSI, 16000:1, VGA, HDMI, USB)</t>
   </si>
   <si>
     <t>V11HB57040</t>
   </si>
   <si>
     <t>Projektor Epson EB-W53 (3LCD, WXGA, 1280x800, 4000ANSI, 16000:1, VGA, HDMI, USB)</t>
   </si>
   <si>
     <t>9H.F9ETK.DE4</t>
   </si>
   <si>
-    <t>Interaktiivne LCD paneel 65" Benq RE6504 , EDLA, 18/7 Black, Touchscreen, 178 °, 178 °, 3840 x 2160, 4K UHD, 8 ms, 450cd/m² ( (9H.F9ETK.DE6</t>
+    <t>Interaktiivne LCD paneel 65" Benq RE6504 , EDLA, 18/7 Black, Touchscreen, 178 °, 178 °, 3840 x 2160, 4K UHD, 8 ms, 450cd/m² (9H.F9ETK.DE6)</t>
   </si>
   <si>
     <t>9H.F9GTK.DE4</t>
   </si>
   <si>
     <t>Interaktiivne LCD paneel 86" Benq RE8604 , EDLA, 18/7 Black, Touchscreen, 178 °, 178 °, 3840 x 2160, 4K UHD, 8 ms, 450cd/m²</t>
   </si>
   <si>
     <t>9H.F9FTK.DE4</t>
   </si>
   <si>
     <t>Interaktiivne LCD paneel 75" Benq RE7504 , EDLA, 18/7 Black, Touchscreen, 178 °, 178 °, 3840 x 2160, 4K UHD, 8 ms, 450cd/m²</t>
   </si>
   <si>
     <t>DC460</t>
   </si>
   <si>
     <t>Dokumendikaamera Optoma DC460 13MP, 17x optiline ja 8 x digitaalne suurendus</t>
   </si>
   <si>
     <t>V11HA69080</t>
   </si>
   <si>
     <t>Projektor Epson EB-L260F laser (FULLHD, 1920x1080, 4600ANSI, 2.5milj.:1, VGA, HDMI, USB, LAN, WIFI, Miracast )</t>
   </si>
   <si>
-    <t>HS-65IW-L03PA</t>
-[...4 lines deleted...]
-  <si>
     <t>V11HA44040</t>
   </si>
   <si>
     <t>Projektor Epson EB-L720U laser (WUXGA, 1920x1200, 7000ANSI VGA, HDMI, LAN)</t>
   </si>
   <si>
     <t>FL55-875BL1_</t>
   </si>
   <si>
     <t>Mobiilne alus ratastel elektriline FL55-875BL1 FLOOR STAND 55"-100"/FL55-875BL1 NEOMOUNTS</t>
   </si>
   <si>
     <t>9H.F7ATK.DE1</t>
   </si>
   <si>
     <t>Interaktiivne LCD paneel 75" Benq RM7503 , 18/7 Black, Touchscreen, 178 °, 178 °, 3840 x 2160, 4K UHD, 8 ms, 450cd/m²</t>
   </si>
   <si>
     <t>Laekinnitus projektorile Uni 43-65cm. universaalne, saab kasutada ka seinakinnitusena</t>
   </si>
   <si>
     <t>V11HA79080</t>
   </si>
   <si>
     <t>Projektor Epson ultralähikuva EB-770F (3LCD, Full HD, 1920 x 1080, 4100ANSI, VGA, HDMI, Miracast)</t>
   </si>
   <si>
     <t>V11HA78080</t>
   </si>
   <si>
     <t>Projektor Epson interaktiivne EB-770Fi (3LCD, Full HD, 1920 x 1080, 4100ANSI, 2 500 000:1, 2 elektroonilist pliiatsit, 5 aastat RTB garantii)</t>
   </si>
   <si>
     <t>V12HB09080</t>
   </si>
   <si>
     <t>Dokumendikaamera Epson ELPDC30 4K UHD wireless (juhtmevaba edastus)</t>
   </si>
   <si>
-    <t>DS-86IWMS-L06A</t>
-[...4 lines deleted...]
-  <si>
     <t>DS-1109PMGPLUS</t>
   </si>
   <si>
     <t>EKRAAN OPTOMA 16:10 109" MW SpeedControl 234x146cm, kood DS-1109PMGPLUS</t>
   </si>
   <si>
     <t>DS-9092PWC</t>
   </si>
   <si>
     <t>EKRAAN OPTOMA manuaalne 16:9 92" pildivälja suurus 203x114 cm, kood DS-9092PWC</t>
   </si>
   <si>
     <t>DE-9092EGA</t>
   </si>
   <si>
     <t>EKRAAN OPTOMA elektriline 16:9  92"pildivälja suurus 203 x 114 cm, kood DE-9092EGA</t>
   </si>
   <si>
     <t>DS9106MGA</t>
   </si>
   <si>
     <t>EKRAAN OPTOMA 16:9 MATTE WHITE 106"  234x132 kood DS9106MGA</t>
   </si>
   <si>
     <t>DS-9120MGA</t>
@@ -260,89 +248,59 @@
   <si>
     <t>Ekraan Optoma 4:3 120" pildivälja suurus 234x175 cm, MatteWhite, kood DS-3120PMGPLUS</t>
   </si>
   <si>
     <t>DS-9084PMGPLUS</t>
   </si>
   <si>
     <t>Ekraan Optoma 16:9  84" pildivälja suurus 186x104 cm kood DS-9084PMG+</t>
   </si>
   <si>
     <t>V11HA85040</t>
   </si>
   <si>
     <t>Projektor Epson kodukino CO-FH02 Full HD (1920x1080), 3000 ANSI, HDMI, USB, Android TV</t>
   </si>
   <si>
     <t>60-100-ETSO</t>
   </si>
   <si>
     <t>SEINAKINNITUS B-Tech XL Heavy Duty Universal Flat Screen Wall Mount, 200kg, black</t>
   </si>
   <si>
     <t>1800ST01</t>
   </si>
   <si>
-    <t>Mobiilne alus ratastel CNXD XD-WM007-3 / ICA-TR30  65" kuni 100" LCD paneelile</t>
-[...17 lines deleted...]
-    <t>Interaktiivne LCD paneel Optoma 5 seeria 65" 5652RK  IFP</t>
+    <t>Mobiilne alus ratastel CNXD XD-WM007-3 / ICA-TR30 / TVS-100F-01  65" kuni 100" LCD paneelile</t>
   </si>
   <si>
     <t>V12H004M0B</t>
   </si>
   <si>
     <t>Objektiiv Epson  ELPLM11 - Mid throw 4 - EB-PU Series</t>
   </si>
   <si>
-    <t>H1F0H00BW101</t>
-[...10 lines deleted...]
-  <si>
     <t>H1F0C0DBW101</t>
   </si>
   <si>
     <t>Interaktiivne LCD paneel Optoma 5 seeria 75" 5752RK  IFP</t>
   </si>
   <si>
     <t>V12HA05A09</t>
   </si>
   <si>
     <t>Näpuanduri, näpusensori Epson ELPFT01 seinakinnitus ELPMB63</t>
   </si>
   <si>
     <t>V12HA42040</t>
   </si>
   <si>
     <t>Juhtmevaba Presentation System (V12HA42040) Epson ELPWP20 - komplekt</t>
   </si>
   <si>
     <t>V12HA43040</t>
   </si>
   <si>
     <t>Juhtmevaba Epson ELPWT01 - Wireless  Transmitter</t>
   </si>
   <si>
     <t>VLMC350S-W</t>
@@ -380,56 +338,50 @@
   <si>
     <t>Projektor Epson saali EB-L530U laser (WUXGA, 1920x1200, 5200ANSI, HDBaseT, VGA, HDMI, Lan)</t>
   </si>
   <si>
     <t>DE-1109EGA</t>
   </si>
   <si>
     <t>Ekraan Optoma 16:10 109", pildivälja suurus 234 x 146 cm, kood DE-1109EGA</t>
   </si>
   <si>
     <t>Laekinnitus projektorile MB Mount HD 970-1500mm universaalne</t>
   </si>
   <si>
     <t>V12H004M08</t>
   </si>
   <si>
     <t>Objektiiv Epson ELPLM08 - Mid Throw 1</t>
   </si>
   <si>
     <t>F100NWH</t>
   </si>
   <si>
     <t>EKRAAN Pull-Up Elite Screens ezCinema Series F100NWH Diagonal 100 ", 16:9, Viewable screen width (W) 221 cm, Black</t>
   </si>
   <si>
-    <t>V11H977040</t>
-[...4 lines deleted...]
-  <si>
     <t>V12H007A24</t>
   </si>
   <si>
     <t>Projektori Epson sõrmesensor ELPFT01 finger touch unit</t>
   </si>
   <si>
     <t>V12HA06A06</t>
   </si>
   <si>
     <t>Seinakinnitus projektorile Epson ELPMB62- Wall Mount EB7xx/ EB-8xx</t>
   </si>
   <si>
     <t>V11H974040</t>
   </si>
   <si>
     <t>Projektor Epson EB-FH06 (3LCD, FULL HD, 1920x1080, 3500ANSI, 16000:1, VGA, HDMI, USB)</t>
   </si>
   <si>
     <t>V11H988040</t>
   </si>
   <si>
     <t>Projektor Epson EB-992F  (3LCD, Full HD, 1920 x 1080, 4000 ANSI, HDMI, VGA, Lan, Wifi, Miracast, Composite, VAG out, RS-232C)</t>
   </si>
   <si>
     <t>V13H134A54</t>
@@ -785,51 +737,51 @@
   <si>
     <t>Epson OT-WL06-323: Traadita kohtvõrgu tongle 2,4 / 5 GHz WE / CE</t>
   </si>
   <si>
     <t>A61B133EAW</t>
   </si>
   <si>
     <t>Kliendiekraan Epsoni DM-D110+DP-110 (STAND ALONE, ECW)</t>
   </si>
   <si>
     <t>87157V</t>
   </si>
   <si>
     <t>Ekraan Da-Lite Cinema Contour HDTV 106" Da-Mat Velcro</t>
   </si>
   <si>
     <t>EKRAAN Slimline Electrol 152x152</t>
   </si>
   <si>
     <t xml:space="preserve">T-BAR SCISSOR CLIPS (WHITE)                        </t>
   </si>
   <si>
     <t>Laekinnitus projektorile Techly Uni 30-37 cm hõbedane ICA-PM 102S</t>
   </si>
   <si>
-    <t>Laekinnitus projektorile Techly, pikkus 54-90 cm. , kood 309661</t>
+    <t>Laekinnitus projektorile Techly, pikkus 54-90 cm. , Techly ICA-PM-18M</t>
   </si>
   <si>
     <t xml:space="preserve">WALL BRACKETS 6" EXT. (WHITE)                      </t>
   </si>
   <si>
     <t xml:space="preserve">WALL BRACKETS 10" EXT. (WHITE)                     </t>
   </si>
   <si>
     <t>TILT LOCK</t>
   </si>
   <si>
     <t>1EVE53</t>
   </si>
   <si>
     <t>Ekraan elektriline 135", 16;10 suhtega, 290x188 cm, ,Avtek Business Electric 300P, kood 1EVE53</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-&quot;€&quot;"/>
   </numFmts>
   <fonts count="1">
@@ -1152,54 +1104,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z135"/>
+  <dimension ref="A1:Z127"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D1" sqref="D1:D135"/>
+      <selection activeCell="D1" sqref="D1:D127"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="167" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
@@ -1212,131 +1164,129 @@
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1">
         <v>3784</v>
       </c>
-      <c r="D2" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D2" s="2"/>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1">
         <v>435</v>
       </c>
       <c r="D3" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
-        <v>588.5</v>
+        <v>616</v>
       </c>
       <c r="D4" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1">
         <v>742.5</v>
       </c>
-      <c r="D5" s="2"/>
+      <c r="D5" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="1">
         <v>456.5</v>
       </c>
-      <c r="D6" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D6" s="2"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="1">
         <v>1129.7</v>
       </c>
       <c r="D7" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="1">
-        <v>2930.4</v>
+        <v>3900</v>
       </c>
       <c r="D8" s="2"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1">
         <v>3217.5</v>
       </c>
       <c r="D9" s="2"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="1">
         <v>827.2</v>
       </c>
@@ -1392,1521 +1342,1427 @@
       </c>
       <c r="D14" s="2"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
         <v>30</v>
       </c>
       <c r="B15" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="1">
         <v>614.9</v>
       </c>
       <c r="D15" s="2"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="1">
         <v>522.5</v>
       </c>
-      <c r="D16" s="2"/>
+      <c r="D16" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" t="s">
         <v>34</v>
       </c>
       <c r="B17" t="s">
         <v>35</v>
       </c>
       <c r="C17" s="1">
-        <v>1110</v>
+        <v>1045</v>
       </c>
       <c r="D17" s="2"/>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" t="s">
         <v>36</v>
       </c>
       <c r="B18" t="s">
         <v>37</v>
       </c>
       <c r="C18" s="1">
-        <v>1725</v>
+        <v>1690</v>
       </c>
       <c r="D18" s="2"/>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" t="s">
         <v>38</v>
       </c>
       <c r="B19" t="s">
         <v>39</v>
       </c>
       <c r="C19" s="1">
-        <v>1460</v>
+        <v>1419</v>
       </c>
       <c r="D19" s="2"/>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" t="s">
         <v>40</v>
       </c>
       <c r="B20" t="s">
         <v>41</v>
       </c>
       <c r="C20" s="1">
         <v>409.2</v>
       </c>
-      <c r="D20" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D20" s="2"/>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" t="s">
         <v>42</v>
       </c>
       <c r="B21" t="s">
         <v>43</v>
       </c>
       <c r="C21" s="1">
         <v>1228.68</v>
       </c>
       <c r="D21" s="2"/>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" t="s">
         <v>44</v>
       </c>
       <c r="B22" t="s">
         <v>45</v>
       </c>
       <c r="C22" s="1">
-        <v>1138.5</v>
+        <v>2970</v>
       </c>
       <c r="D22" s="2"/>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" t="s">
         <v>46</v>
       </c>
       <c r="B23" t="s">
         <v>47</v>
       </c>
       <c r="C23" s="1">
-        <v>2970</v>
-[...1 lines deleted...]
-      <c r="D23" s="2"/>
+        <v>620</v>
+      </c>
+      <c r="D23" s="2">
+        <v>6</v>
+      </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" t="s">
         <v>48</v>
       </c>
       <c r="B24" t="s">
         <v>49</v>
       </c>
       <c r="C24" s="1">
-        <v>620</v>
-[...3 lines deleted...]
-      </c>
+        <v>1100</v>
+      </c>
+      <c r="D24" s="2"/>
     </row>
     <row r="25" spans="1:26">
-      <c r="A25" t="s">
+      <c r="A25">
+        <v>650703</v>
+      </c>
+      <c r="B25" t="s">
         <v>50</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" s="1">
+        <v>50.31</v>
+      </c>
+      <c r="D25" s="2"/>
+    </row>
+    <row r="26" spans="1:26">
+      <c r="A26" t="s">
         <v>51</v>
-      </c>
-[...7 lines deleted...]
-        <v>650703</v>
       </c>
       <c r="B26" t="s">
         <v>52</v>
       </c>
       <c r="C26" s="1">
-        <v>50.31</v>
+        <v>1523.5</v>
       </c>
       <c r="D26" s="2"/>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" t="s">
         <v>53</v>
       </c>
       <c r="B27" t="s">
         <v>54</v>
       </c>
       <c r="C27" s="1">
-        <v>1523.5</v>
+        <v>2057</v>
       </c>
       <c r="D27" s="2"/>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" t="s">
         <v>55</v>
       </c>
       <c r="B28" t="s">
         <v>56</v>
       </c>
       <c r="C28" s="1">
-        <v>2057</v>
-[...1 lines deleted...]
-      <c r="D28" s="2"/>
+        <v>713</v>
+      </c>
+      <c r="D28" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" t="s">
         <v>57</v>
       </c>
       <c r="B29" t="s">
         <v>58</v>
       </c>
       <c r="C29" s="1">
-        <v>776.25</v>
-[...3 lines deleted...]
-      </c>
+        <v>282.9</v>
+      </c>
+      <c r="D29" s="2"/>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" t="s">
         <v>59</v>
       </c>
       <c r="B30" t="s">
         <v>60</v>
       </c>
       <c r="C30" s="1">
-        <v>2100</v>
+        <v>227.7</v>
       </c>
       <c r="D30" s="2"/>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" t="s">
         <v>61</v>
       </c>
       <c r="B31" t="s">
         <v>62</v>
       </c>
       <c r="C31" s="1">
-        <v>282.9</v>
-[...1 lines deleted...]
-      <c r="D31" s="2"/>
+        <v>510.6</v>
+      </c>
+      <c r="D31" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" t="s">
         <v>63</v>
       </c>
       <c r="B32" t="s">
         <v>64</v>
       </c>
       <c r="C32" s="1">
-        <v>227.7</v>
+        <v>269.1</v>
       </c>
       <c r="D32" s="2"/>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" t="s">
         <v>65</v>
       </c>
       <c r="B33" t="s">
         <v>66</v>
       </c>
       <c r="C33" s="1">
-        <v>510.6</v>
-[...3 lines deleted...]
-      </c>
+        <v>303.6</v>
+      </c>
+      <c r="D33" s="2"/>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" t="s">
         <v>67</v>
       </c>
       <c r="B34" t="s">
         <v>68</v>
       </c>
       <c r="C34" s="1">
-        <v>269.1</v>
+        <v>173.88</v>
       </c>
       <c r="D34" s="2"/>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" t="s">
         <v>69</v>
       </c>
       <c r="B35" t="s">
         <v>70</v>
       </c>
       <c r="C35" s="1">
-        <v>303.6</v>
+        <v>227.7</v>
       </c>
       <c r="D35" s="2"/>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" t="s">
         <v>71</v>
       </c>
       <c r="B36" t="s">
         <v>72</v>
       </c>
       <c r="C36" s="1">
-        <v>173.88</v>
+        <v>193.2</v>
       </c>
       <c r="D36" s="2"/>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" t="s">
         <v>73</v>
       </c>
       <c r="B37" t="s">
         <v>74</v>
       </c>
       <c r="C37" s="1">
-        <v>227.7</v>
-[...1 lines deleted...]
-      <c r="D37" s="2"/>
+        <v>545</v>
+      </c>
+      <c r="D37" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" t="s">
         <v>75</v>
       </c>
       <c r="B38" t="s">
         <v>76</v>
       </c>
       <c r="C38" s="1">
-        <v>193.2</v>
+        <v>160</v>
       </c>
       <c r="D38" s="2"/>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" t="s">
         <v>77</v>
       </c>
       <c r="B39" t="s">
         <v>78</v>
       </c>
       <c r="C39" s="1">
-        <v>545</v>
+        <v>175</v>
       </c>
       <c r="D39" s="2">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" t="s">
         <v>79</v>
       </c>
       <c r="B40" t="s">
         <v>80</v>
       </c>
       <c r="C40" s="1">
-        <v>160</v>
+        <v>2058.5</v>
       </c>
       <c r="D40" s="2"/>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" t="s">
         <v>81</v>
       </c>
       <c r="B41" t="s">
         <v>82</v>
       </c>
       <c r="C41" s="1">
-        <v>190</v>
+        <v>1040</v>
       </c>
       <c r="D41" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" t="s">
         <v>83</v>
       </c>
       <c r="B42" t="s">
         <v>84</v>
       </c>
-      <c r="C42" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C42" s="1"/>
       <c r="D42" s="2"/>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" t="s">
         <v>85</v>
       </c>
       <c r="B43" t="s">
         <v>86</v>
       </c>
       <c r="C43" s="1">
-        <v>1625</v>
-[...1 lines deleted...]
-      <c r="D43" s="2"/>
+        <v>656.7</v>
+      </c>
+      <c r="D43" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" t="s">
         <v>87</v>
       </c>
       <c r="B44" t="s">
         <v>88</v>
       </c>
       <c r="C44" s="1">
-        <v>1190</v>
+        <v>118.91</v>
       </c>
       <c r="D44" s="2"/>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" t="s">
         <v>89</v>
       </c>
       <c r="B45" t="s">
         <v>90</v>
       </c>
       <c r="C45" s="1">
-        <v>2058.5</v>
+        <v>84.5</v>
       </c>
       <c r="D45" s="2"/>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" t="s">
         <v>91</v>
       </c>
       <c r="B46" t="s">
         <v>92</v>
       </c>
       <c r="C46" s="1">
-        <v>1310</v>
+        <v>2720</v>
       </c>
       <c r="D46" s="2"/>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" t="s">
         <v>93</v>
       </c>
       <c r="B47" t="s">
         <v>94</v>
       </c>
       <c r="C47" s="1">
-        <v>2490</v>
+        <v>211.2</v>
       </c>
       <c r="D47" s="2"/>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" t="s">
         <v>95</v>
       </c>
       <c r="B48" t="s">
         <v>96</v>
       </c>
       <c r="C48" s="1">
-        <v>1390</v>
+        <v>123.5</v>
       </c>
       <c r="D48" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" t="s">
         <v>97</v>
       </c>
       <c r="B49" t="s">
         <v>98</v>
       </c>
-      <c r="C49" s="1"/>
+      <c r="C49" s="1">
+        <v>110</v>
+      </c>
       <c r="D49" s="2"/>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" t="s">
         <v>99</v>
       </c>
       <c r="B50" t="s">
         <v>100</v>
       </c>
       <c r="C50" s="1">
-        <v>656.7</v>
-[...3 lines deleted...]
-      </c>
+        <v>2290</v>
+      </c>
+      <c r="D50" s="2"/>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" t="s">
         <v>101</v>
       </c>
       <c r="B51" t="s">
         <v>102</v>
       </c>
       <c r="C51" s="1">
-        <v>118.91</v>
+        <v>793.5</v>
       </c>
       <c r="D51" s="2"/>
     </row>
     <row r="52" spans="1:26">
-      <c r="A52" t="s">
+      <c r="A52">
+        <v>7350073735235</v>
+      </c>
+      <c r="B52" t="s">
         <v>103</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="1">
-        <v>84.5</v>
+        <v>137.15</v>
       </c>
       <c r="D52" s="2"/>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" t="s">
+        <v>104</v>
+      </c>
+      <c r="B53" t="s">
         <v>105</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="1">
-        <v>2720</v>
+        <v>355.35</v>
       </c>
       <c r="D53" s="2"/>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" t="s">
+        <v>106</v>
+      </c>
+      <c r="B54" t="s">
         <v>107</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="1">
-        <v>211.2</v>
+        <v>286.35</v>
       </c>
       <c r="D54" s="2"/>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" t="s">
+        <v>108</v>
+      </c>
+      <c r="B55" t="s">
         <v>109</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="1">
-        <v>123.5</v>
+        <v>190</v>
       </c>
       <c r="D55" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" t="s">
+        <v>110</v>
+      </c>
+      <c r="B56" t="s">
         <v>111</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="1">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="D56" s="2"/>
+        <v>125</v>
+      </c>
+      <c r="D56" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" t="s">
+        <v>112</v>
+      </c>
+      <c r="B57" t="s">
         <v>113</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" s="1">
-        <v>2290</v>
-[...1 lines deleted...]
-      <c r="D57" s="2"/>
+        <v>565</v>
+      </c>
+      <c r="D57" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" t="s">
+        <v>114</v>
+      </c>
+      <c r="B58" t="s">
         <v>115</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" s="1">
+        <v>745</v>
+      </c>
+      <c r="D58" s="2"/>
+    </row>
+    <row r="59" spans="1:26">
+      <c r="A59" t="s">
         <v>116</v>
-      </c>
-[...7 lines deleted...]
-        <v>7350073735235</v>
       </c>
       <c r="B59" t="s">
         <v>117</v>
       </c>
       <c r="C59" s="1">
-        <v>137.15</v>
+        <v>22.08</v>
       </c>
       <c r="D59" s="2"/>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" t="s">
         <v>118</v>
       </c>
       <c r="B60" t="s">
         <v>119</v>
       </c>
       <c r="C60" s="1">
-        <v>355.35</v>
+        <v>10.83</v>
       </c>
       <c r="D60" s="2"/>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" t="s">
         <v>120</v>
       </c>
       <c r="B61" t="s">
         <v>121</v>
       </c>
       <c r="C61" s="1">
-        <v>286.35</v>
-[...1 lines deleted...]
-      <c r="D61" s="2"/>
+        <v>425</v>
+      </c>
+      <c r="D61" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" t="s">
         <v>122</v>
       </c>
       <c r="B62" t="s">
         <v>123</v>
       </c>
       <c r="C62" s="1">
-        <v>460</v>
-[...1 lines deleted...]
-      <c r="D62" s="2"/>
+        <v>495</v>
+      </c>
+      <c r="D62" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" t="s">
         <v>124</v>
       </c>
       <c r="B63" t="s">
         <v>125</v>
       </c>
       <c r="C63" s="1">
-        <v>190</v>
-[...3 lines deleted...]
-      </c>
+        <v>225</v>
+      </c>
+      <c r="D63" s="2"/>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" t="s">
         <v>126</v>
       </c>
       <c r="B64" t="s">
         <v>127</v>
       </c>
       <c r="C64" s="1">
-        <v>125</v>
-[...3 lines deleted...]
-      </c>
+        <v>125.11</v>
+      </c>
+      <c r="D64" s="2"/>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" t="s">
         <v>128</v>
       </c>
       <c r="B65" t="s">
         <v>129</v>
       </c>
-      <c r="C65" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C65" s="1"/>
+      <c r="D65" s="2"/>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" t="s">
         <v>130</v>
       </c>
       <c r="B66" t="s">
         <v>131</v>
       </c>
       <c r="C66" s="1">
-        <v>745</v>
+        <v>144</v>
       </c>
       <c r="D66" s="2"/>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" t="s">
         <v>132</v>
       </c>
       <c r="B67" t="s">
         <v>133</v>
       </c>
       <c r="C67" s="1">
-        <v>22.08</v>
+        <v>108.3</v>
       </c>
       <c r="D67" s="2"/>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" t="s">
         <v>134</v>
       </c>
       <c r="B68" t="s">
         <v>135</v>
       </c>
       <c r="C68" s="1">
-        <v>10.83</v>
+        <v>128</v>
       </c>
       <c r="D68" s="2"/>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" t="s">
         <v>136</v>
       </c>
       <c r="B69" t="s">
         <v>137</v>
       </c>
-      <c r="C69" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C69" s="1"/>
+      <c r="D69" s="2"/>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" t="s">
         <v>138</v>
       </c>
       <c r="B70" t="s">
         <v>139</v>
       </c>
-      <c r="C70" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C70" s="1"/>
+      <c r="D70" s="2"/>
     </row>
     <row r="71" spans="1:26">
       <c r="A71" t="s">
         <v>140</v>
       </c>
       <c r="B71" t="s">
         <v>141</v>
       </c>
       <c r="C71" s="1">
-        <v>225</v>
-[...3 lines deleted...]
-      </c>
+        <v>2250</v>
+      </c>
+      <c r="D71" s="2"/>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" t="s">
         <v>142</v>
       </c>
       <c r="B72" t="s">
         <v>143</v>
       </c>
       <c r="C72" s="1">
-        <v>125.11</v>
+        <v>159.85</v>
       </c>
       <c r="D72" s="2"/>
     </row>
     <row r="73" spans="1:26">
       <c r="A73" t="s">
         <v>144</v>
       </c>
       <c r="B73" t="s">
         <v>145</v>
       </c>
-      <c r="C73" s="1"/>
+      <c r="C73" s="1">
+        <v>107.58</v>
+      </c>
       <c r="D73" s="2"/>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" t="s">
         <v>146</v>
       </c>
       <c r="B74" t="s">
         <v>147</v>
       </c>
       <c r="C74" s="1">
-        <v>144</v>
+        <v>28.76</v>
       </c>
       <c r="D74" s="2"/>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" t="s">
         <v>148</v>
       </c>
       <c r="B75" t="s">
         <v>149</v>
       </c>
       <c r="C75" s="1">
-        <v>108.3</v>
+        <v>55.4</v>
       </c>
       <c r="D75" s="2"/>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" t="s">
         <v>150</v>
       </c>
       <c r="B76" t="s">
         <v>151</v>
       </c>
       <c r="C76" s="1">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="D76" s="2"/>
+        <v>92.34</v>
+      </c>
+      <c r="D76" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" t="s">
         <v>152</v>
       </c>
       <c r="B77" t="s">
         <v>153</v>
       </c>
-      <c r="C77" s="1"/>
+      <c r="C77" s="1">
+        <v>18.9</v>
+      </c>
       <c r="D77" s="2"/>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" t="s">
         <v>154</v>
       </c>
       <c r="B78" t="s">
         <v>155</v>
       </c>
-      <c r="C78" s="1"/>
+      <c r="C78" s="1">
+        <v>176.59</v>
+      </c>
       <c r="D78" s="2"/>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" t="s">
         <v>156</v>
       </c>
       <c r="B79" t="s">
         <v>157</v>
       </c>
       <c r="C79" s="1">
-        <v>2250</v>
-[...1 lines deleted...]
-      <c r="D79" s="2"/>
+        <v>419.67</v>
+      </c>
+      <c r="D79" s="2">
+        <v>3</v>
+      </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" t="s">
         <v>158</v>
       </c>
       <c r="B80" t="s">
         <v>159</v>
       </c>
       <c r="C80" s="1">
-        <v>159.85</v>
+        <v>950</v>
       </c>
       <c r="D80" s="2"/>
     </row>
     <row r="81" spans="1:26">
       <c r="A81" t="s">
         <v>160</v>
       </c>
       <c r="B81" t="s">
         <v>161</v>
       </c>
       <c r="C81" s="1">
-        <v>107.58</v>
+        <v>654</v>
       </c>
       <c r="D81" s="2"/>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" t="s">
         <v>162</v>
       </c>
       <c r="B82" t="s">
         <v>163</v>
       </c>
       <c r="C82" s="1">
-        <v>28.76</v>
+        <v>1196.87</v>
       </c>
       <c r="D82" s="2"/>
     </row>
     <row r="83" spans="1:26">
       <c r="A83" t="s">
         <v>164</v>
       </c>
       <c r="B83" t="s">
         <v>165</v>
       </c>
       <c r="C83" s="1">
-        <v>55.4</v>
+        <v>950</v>
       </c>
       <c r="D83" s="2"/>
     </row>
     <row r="84" spans="1:26">
       <c r="A84" t="s">
         <v>166</v>
       </c>
       <c r="B84" t="s">
         <v>167</v>
       </c>
       <c r="C84" s="1">
-        <v>92.34</v>
+        <v>495</v>
       </c>
       <c r="D84" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:26">
       <c r="A85" t="s">
         <v>168</v>
       </c>
       <c r="B85" t="s">
         <v>169</v>
       </c>
       <c r="C85" s="1">
-        <v>18.9</v>
-[...1 lines deleted...]
-      <c r="D85" s="2"/>
+        <v>295</v>
+      </c>
+      <c r="D85" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="86" spans="1:26">
       <c r="A86" t="s">
         <v>170</v>
       </c>
       <c r="B86" t="s">
         <v>171</v>
       </c>
       <c r="C86" s="1">
-        <v>176.59</v>
+        <v>1695</v>
       </c>
       <c r="D86" s="2"/>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" t="s">
         <v>172</v>
       </c>
       <c r="B87" t="s">
         <v>173</v>
       </c>
       <c r="C87" s="1">
-        <v>419.67</v>
-[...3 lines deleted...]
-      </c>
+        <v>1050</v>
+      </c>
+      <c r="D87" s="2"/>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" t="s">
         <v>174</v>
       </c>
       <c r="B88" t="s">
         <v>175</v>
       </c>
       <c r="C88" s="1">
-        <v>950</v>
+        <v>113.85</v>
       </c>
       <c r="D88" s="2"/>
     </row>
     <row r="89" spans="1:26">
       <c r="A89" t="s">
         <v>176</v>
       </c>
       <c r="B89" t="s">
         <v>177</v>
       </c>
       <c r="C89" s="1">
-        <v>654</v>
+        <v>87.1</v>
       </c>
       <c r="D89" s="2"/>
     </row>
     <row r="90" spans="1:26">
       <c r="A90" t="s">
         <v>178</v>
       </c>
       <c r="B90" t="s">
         <v>179</v>
       </c>
       <c r="C90" s="1">
-        <v>1196.87</v>
-[...1 lines deleted...]
-      <c r="D90" s="2"/>
+        <v>93.6</v>
+      </c>
+      <c r="D90" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="91" spans="1:26">
       <c r="A91" t="s">
         <v>180</v>
       </c>
       <c r="B91" t="s">
         <v>181</v>
       </c>
       <c r="C91" s="1">
-        <v>950</v>
+        <v>146.9</v>
       </c>
       <c r="D91" s="2"/>
     </row>
     <row r="92" spans="1:26">
       <c r="A92" t="s">
         <v>182</v>
       </c>
       <c r="B92" t="s">
         <v>183</v>
       </c>
       <c r="C92" s="1">
-        <v>495</v>
-[...3 lines deleted...]
-      </c>
+        <v>179.4</v>
+      </c>
+      <c r="D92" s="2"/>
     </row>
     <row r="93" spans="1:26">
       <c r="A93" t="s">
         <v>184</v>
       </c>
       <c r="B93" t="s">
         <v>185</v>
       </c>
       <c r="C93" s="1">
-        <v>295</v>
-[...3 lines deleted...]
-      </c>
+        <v>180</v>
+      </c>
+      <c r="D93" s="2"/>
     </row>
     <row r="94" spans="1:26">
       <c r="A94" t="s">
         <v>186</v>
       </c>
       <c r="B94" t="s">
         <v>187</v>
       </c>
       <c r="C94" s="1">
-        <v>1695</v>
+        <v>936</v>
       </c>
       <c r="D94" s="2"/>
     </row>
     <row r="95" spans="1:26">
       <c r="A95" t="s">
         <v>188</v>
       </c>
       <c r="B95" t="s">
         <v>189</v>
       </c>
       <c r="C95" s="1">
-        <v>1050</v>
-[...1 lines deleted...]
-      <c r="D95" s="2"/>
+        <v>108.9</v>
+      </c>
+      <c r="D95" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="96" spans="1:26">
       <c r="A96" t="s">
         <v>190</v>
       </c>
       <c r="B96" t="s">
         <v>191</v>
       </c>
       <c r="C96" s="1">
-        <v>113.85</v>
+        <v>2.76</v>
       </c>
       <c r="D96" s="2"/>
     </row>
     <row r="97" spans="1:26">
       <c r="A97" t="s">
         <v>192</v>
       </c>
       <c r="B97" t="s">
         <v>193</v>
       </c>
       <c r="C97" s="1">
-        <v>87.1</v>
-[...1 lines deleted...]
-      <c r="D97" s="2"/>
+        <v>4.48</v>
+      </c>
+      <c r="D97" s="2">
+        <v>3</v>
+      </c>
     </row>
     <row r="98" spans="1:26">
       <c r="A98" t="s">
         <v>194</v>
       </c>
       <c r="B98" t="s">
         <v>195</v>
       </c>
       <c r="C98" s="1">
-        <v>93.6</v>
+        <v>1.13</v>
       </c>
       <c r="D98" s="2">
-        <v>1</v>
+        <v>45</v>
       </c>
     </row>
     <row r="99" spans="1:26">
       <c r="A99" t="s">
         <v>196</v>
       </c>
       <c r="B99" t="s">
         <v>197</v>
       </c>
       <c r="C99" s="1">
-        <v>146.9</v>
-[...1 lines deleted...]
-      <c r="D99" s="2"/>
+        <v>6.9</v>
+      </c>
+      <c r="D99" s="2">
+        <v>7</v>
+      </c>
     </row>
     <row r="100" spans="1:26">
       <c r="A100" t="s">
         <v>198</v>
       </c>
       <c r="B100" t="s">
         <v>199</v>
       </c>
       <c r="C100" s="1">
-        <v>179.4</v>
-[...1 lines deleted...]
-      <c r="D100" s="2"/>
+        <v>2.24</v>
+      </c>
+      <c r="D100" s="2">
+        <v>11</v>
+      </c>
     </row>
     <row r="101" spans="1:26">
       <c r="A101" t="s">
         <v>200</v>
       </c>
       <c r="B101" t="s">
         <v>201</v>
       </c>
       <c r="C101" s="1">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="D101" s="2"/>
+        <v>2.2</v>
+      </c>
+      <c r="D101" s="2">
+        <v>3</v>
+      </c>
     </row>
     <row r="102" spans="1:26">
       <c r="A102" t="s">
         <v>202</v>
       </c>
       <c r="B102" t="s">
         <v>203</v>
       </c>
       <c r="C102" s="1">
-        <v>936</v>
+        <v>129.25</v>
       </c>
       <c r="D102" s="2"/>
     </row>
     <row r="103" spans="1:26">
       <c r="A103" t="s">
         <v>204</v>
       </c>
       <c r="B103" t="s">
         <v>205</v>
       </c>
       <c r="C103" s="1">
-        <v>108.9</v>
-[...3 lines deleted...]
-      </c>
+        <v>98.72</v>
+      </c>
+      <c r="D103" s="2"/>
     </row>
     <row r="104" spans="1:26">
       <c r="A104" t="s">
         <v>206</v>
       </c>
       <c r="B104" t="s">
         <v>207</v>
       </c>
-      <c r="C104" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C104" s="1"/>
       <c r="D104" s="2"/>
     </row>
     <row r="105" spans="1:26">
       <c r="A105" t="s">
         <v>208</v>
       </c>
       <c r="B105" t="s">
         <v>209</v>
       </c>
-      <c r="C105" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C105" s="1"/>
+      <c r="D105" s="2"/>
     </row>
     <row r="106" spans="1:26">
       <c r="A106" t="s">
         <v>210</v>
       </c>
       <c r="B106" t="s">
         <v>211</v>
       </c>
       <c r="C106" s="1">
-        <v>1.13</v>
-[...3 lines deleted...]
-      </c>
+        <v>758.84</v>
+      </c>
+      <c r="D106" s="2"/>
     </row>
     <row r="107" spans="1:26">
       <c r="A107" t="s">
         <v>212</v>
       </c>
       <c r="B107" t="s">
         <v>213</v>
       </c>
       <c r="C107" s="1">
-        <v>6.9</v>
-[...3 lines deleted...]
-      </c>
+        <v>345</v>
+      </c>
+      <c r="D107" s="2"/>
     </row>
     <row r="108" spans="1:26">
       <c r="A108" t="s">
         <v>214</v>
       </c>
       <c r="B108" t="s">
         <v>215</v>
       </c>
       <c r="C108" s="1">
-        <v>2.24</v>
-[...3 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="D108" s="2"/>
     </row>
     <row r="109" spans="1:26">
       <c r="A109" t="s">
         <v>216</v>
       </c>
       <c r="B109" t="s">
         <v>217</v>
       </c>
       <c r="C109" s="1">
-        <v>2.2</v>
-[...3 lines deleted...]
-      </c>
+        <v>345</v>
+      </c>
+      <c r="D109" s="2"/>
     </row>
     <row r="110" spans="1:26">
       <c r="A110" t="s">
         <v>218</v>
       </c>
       <c r="B110" t="s">
         <v>219</v>
       </c>
       <c r="C110" s="1">
-        <v>129.25</v>
+        <v>104</v>
       </c>
       <c r="D110" s="2"/>
     </row>
     <row r="111" spans="1:26">
       <c r="A111" t="s">
         <v>220</v>
       </c>
       <c r="B111" t="s">
         <v>221</v>
       </c>
       <c r="C111" s="1">
-        <v>98.72</v>
+        <v>133.87</v>
       </c>
       <c r="D111" s="2"/>
     </row>
     <row r="112" spans="1:26">
       <c r="A112" t="s">
         <v>222</v>
       </c>
       <c r="B112" t="s">
         <v>223</v>
       </c>
-      <c r="C112" s="1"/>
+      <c r="C112" s="1">
+        <v>690</v>
+      </c>
       <c r="D112" s="2"/>
     </row>
     <row r="113" spans="1:26">
       <c r="A113" t="s">
         <v>224</v>
       </c>
       <c r="B113" t="s">
         <v>225</v>
       </c>
-      <c r="C113" s="1"/>
+      <c r="C113" s="1">
+        <v>897</v>
+      </c>
       <c r="D113" s="2"/>
     </row>
     <row r="114" spans="1:26">
       <c r="A114" t="s">
         <v>226</v>
       </c>
       <c r="B114" t="s">
         <v>227</v>
       </c>
       <c r="C114" s="1">
-        <v>758.84</v>
+        <v>416.3</v>
       </c>
       <c r="D114" s="2"/>
     </row>
     <row r="115" spans="1:26">
       <c r="A115" t="s">
         <v>228</v>
       </c>
       <c r="B115" t="s">
         <v>229</v>
       </c>
       <c r="C115" s="1">
-        <v>345</v>
+        <v>405</v>
       </c>
       <c r="D115" s="2"/>
     </row>
     <row r="116" spans="1:26">
       <c r="A116" t="s">
         <v>230</v>
       </c>
       <c r="B116" t="s">
         <v>231</v>
       </c>
       <c r="C116" s="1">
-        <v>149</v>
-[...1 lines deleted...]
-      <c r="D116" s="2"/>
+        <v>555</v>
+      </c>
+      <c r="D116" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="117" spans="1:26">
       <c r="A117" t="s">
         <v>232</v>
       </c>
       <c r="B117" t="s">
         <v>233</v>
       </c>
       <c r="C117" s="1">
-        <v>345</v>
+        <v>115.5</v>
       </c>
       <c r="D117" s="2"/>
     </row>
     <row r="118" spans="1:26">
       <c r="A118" t="s">
         <v>234</v>
       </c>
       <c r="B118" t="s">
         <v>235</v>
       </c>
       <c r="C118" s="1">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="D118" s="2"/>
+        <v>28.75</v>
+      </c>
+      <c r="D118" s="2">
+        <v>3</v>
+      </c>
     </row>
     <row r="119" spans="1:26">
       <c r="A119" t="s">
         <v>236</v>
       </c>
       <c r="B119" t="s">
         <v>237</v>
       </c>
       <c r="C119" s="1">
-        <v>133.87</v>
+        <v>600</v>
       </c>
       <c r="D119" s="2"/>
     </row>
     <row r="120" spans="1:26">
-      <c r="A120" t="s">
+      <c r="A120">
+        <v>72600</v>
+      </c>
+      <c r="B120" t="s">
         <v>238</v>
       </c>
-      <c r="B120" t="s">
+      <c r="C120" s="1">
+        <v>96</v>
+      </c>
+      <c r="D120" s="2"/>
+    </row>
+    <row r="121" spans="1:26">
+      <c r="A121">
+        <v>78445</v>
+      </c>
+      <c r="B121" t="s">
         <v>239</v>
       </c>
-      <c r="C120" s="1">
-[...5 lines deleted...]
-      <c r="A121" t="s">
+      <c r="C121" s="1">
+        <v>19.17</v>
+      </c>
+      <c r="D121" s="2"/>
+    </row>
+    <row r="122" spans="1:26">
+      <c r="A122">
+        <v>62687</v>
+      </c>
+      <c r="B122" t="s">
         <v>240</v>
       </c>
-      <c r="B121" t="s">
+      <c r="C122" s="1">
+        <v>44.5</v>
+      </c>
+      <c r="D122" s="2"/>
+    </row>
+    <row r="123" spans="1:26">
+      <c r="A123">
+        <v>62688</v>
+      </c>
+      <c r="B123" t="s">
         <v>241</v>
       </c>
-      <c r="C121" s="1">
-[...5 lines deleted...]
-      <c r="A122" t="s">
+      <c r="C123" s="1">
+        <v>36</v>
+      </c>
+      <c r="D123" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="124" spans="1:26">
+      <c r="A124">
+        <v>40932</v>
+      </c>
+      <c r="B124" t="s">
         <v>242</v>
       </c>
-      <c r="B122" t="s">
+      <c r="C124" s="1">
+        <v>26.84</v>
+      </c>
+      <c r="D124" s="2"/>
+    </row>
+    <row r="125" spans="1:26">
+      <c r="A125">
+        <v>40957</v>
+      </c>
+      <c r="B125" t="s">
         <v>243</v>
       </c>
-      <c r="C122" s="1">
-[...5 lines deleted...]
-      <c r="A123" t="s">
+      <c r="C125" s="1">
+        <v>34.51</v>
+      </c>
+      <c r="D125" s="2"/>
+    </row>
+    <row r="126" spans="1:26">
+      <c r="A126">
+        <v>40965</v>
+      </c>
+      <c r="B126" t="s">
         <v>244</v>
       </c>
-      <c r="B123" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="C126" s="1">
-        <v>28.75</v>
-[...3 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="D126" s="2"/>
     </row>
     <row r="127" spans="1:26">
       <c r="A127" t="s">
-        <v>252</v>
+        <v>245</v>
       </c>
       <c r="B127" t="s">
-        <v>253</v>
+        <v>246</v>
       </c>
       <c r="C127" s="1">
-        <v>600</v>
+        <v>444</v>
       </c>
       <c r="D127" s="2"/>
-    </row>
-[...94 lines deleted...]
-      <c r="D135" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">