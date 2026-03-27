--- v0 (2026-03-27)
+++ v1 (2026-03-27)
@@ -2792,51 +2792,51 @@
     <row r="59" spans="1:26">
       <c r="A59" t="s">
         <v>118</v>
       </c>
       <c r="B59" t="s">
         <v>119</v>
       </c>
       <c r="C59" s="1">
         <v>7899</v>
       </c>
       <c r="D59" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" t="s">
         <v>120</v>
       </c>
       <c r="B60" t="s">
         <v>121</v>
       </c>
       <c r="C60" s="1">
         <v>658.9</v>
       </c>
       <c r="D60" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" t="s">
         <v>122</v>
       </c>
       <c r="B61" t="s">
         <v>123</v>
       </c>
       <c r="C61" s="1">
         <v>372.9</v>
       </c>
       <c r="D61" s="2">
         <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" t="s">
         <v>124</v>
       </c>
       <c r="B62" t="s">
         <v>125</v>
       </c>
       <c r="C62" s="1">
         <v>140</v>